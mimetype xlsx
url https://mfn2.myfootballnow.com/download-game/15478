--- v0 (2025-10-31)
+++ v1 (2026-03-30)
@@ -722,51 +722,51 @@
   <si>
     <t>(7:30) Extra point by 2-Gary Abraham is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#9 Gary Abraham - K</t>
   </si>
   <si>
     <t>#65 Maurice Hermann - RG</t>
   </si>
   <si>
     <t>#74 Willie Boutwell - DT</t>
   </si>
   <si>
     <t>#24 Tomas Martin - CB</t>
   </si>
   <si>
     <t>#95 Gary Roberts - WLB</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(7:30) 2-Gary Abraham kicks 64 yards from DAL 35 to NYN 1. 33-George Butler to NYN 21 for 21 yards. Tackle by 27-James Baez.</t>
   </si>
   <si>
-    <t>#28 Kenneth Burch - SS</t>
+    <t>#31 Kenneth Burch - SS</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-NYN 21 (7:26) 35-Brandon Wells ran to NYN 28 for 7 yards. Tackle by 27-James Baez.</t>
   </si>
   <si>
     <t>#34 Joseph Quintero - RB</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>NYN 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-3-NYN 28 (6:47) 34-Joseph Quintero ran to NYN 31 for 3 yards. Tackle by 97-Jack Mach.</t>
   </si>