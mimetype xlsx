--- v0 (2025-10-24)
+++ v1 (2026-03-23)
@@ -614,51 +614,51 @@
   <si>
     <t>#36 Andrew Talley - RB</t>
   </si>
   <si>
     <t>#37 John Orr - FS</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>NYA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:03) Extra point GOOD by 16-Williams Borges. CHI 7 NYA 0</t>
   </si>
   <si>
     <t>#15 Jose Shaw - QB</t>
   </si>
   <si>
-    <t>#57 Terry Parker - TE</t>
+    <t>#57 Terry Parker - C</t>
   </si>
   <si>
     <t>#61 Jessie Arnold - LG</t>
   </si>
   <si>
     <t>#96 Michael Gomez - MLB</t>
   </si>
   <si>
     <t>(12:03) 16-Williams Borges kicks 74 yards from CHI 35 to NYA -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYA 25 (12:03) 34-William Obrian ran to NYA 30 for 5 yards. Tackle by 90-Benjamin Brown.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>