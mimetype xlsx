--- v0 (2025-10-20)
+++ v1 (2026-01-30)
@@ -461,51 +461,51 @@
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>3-9-DEN 26 (13:43) 1-Peter Terpstra sacked at DEN 16 for -10 yards (65-Paul Debolt). Sack allowed by 70-Russell Aguilar.</t>
   </si>
   <si>
     <t>#23 Joe Zerbe - CB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>DEN 16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-19-DEN 16 (13:03) 15-Samuel Sanders punts 50 yards to SFO 34. Fair Catch by 14-Miles Petrella.</t>
   </si>
   <si>
-    <t>#15 Samuel Sanders - P</t>
+    <t>#9 Samuel Sanders - P</t>
   </si>
   <si>
     <t>#14 Miles Petrella - WR</t>
   </si>
   <si>
     <t>#53 David Holcomb - WLB</t>
   </si>
   <si>
     <t>#70 Walter Cajigas - C</t>
   </si>
   <si>
     <t>#63 Gus Johnson - RT</t>
   </si>
   <si>
     <t>#25 Robert Dupree - SLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>SFO 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -2244,51 +2244,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="292.5" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>