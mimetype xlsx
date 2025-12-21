--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -377,51 +377,51 @@
   <si>
     <t>#74 Rick Kendrick - LG</t>
   </si>
   <si>
     <t>#78 Patrick Dabney - C</t>
   </si>
   <si>
     <t>#64 Steven Rodriguez - RG</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#97 Robert Walker - DT</t>
   </si>
   <si>
     <t>#68 Neil Mason - DT</t>
   </si>
   <si>
     <t>#96 Cecil Holmes - DT</t>
   </si>
   <si>
     <t>#74 Mathew Thrasher - RDE</t>
   </si>
   <si>
-    <t>#57 Charles Romero - SLB</t>
+    <t>#58 Charles Romero - SLB</t>
   </si>
   <si>
     <t>#56 Frank Witherspoon - MLB</t>
   </si>
   <si>
     <t>#96 Jeff Wesson - WLB</t>
   </si>
   <si>
     <t>#37 Dustin Wynn - CB</t>
   </si>
   <si>
     <t>#44 Armando Friend - CB</t>
   </si>
   <si>
     <t>#25 Eric Butler - SS</t>
   </si>
   <si>
     <t>#37 Christopher Brown - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>LOS 26</t>
   </si>