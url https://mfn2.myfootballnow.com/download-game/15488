--- v0 (2025-10-21)
+++ v1 (2026-03-20)
@@ -803,51 +803,51 @@
   <si>
     <t>(5:25) 2-Edward Rucker kicks 69 yards from ARZ 35 to ATL -4. 26-Harrison Porter to ATL 20 for 25 yards. Tackle by 37-Billy Nathan.</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>Singleback Slot Strong Off Tackle Strong</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 20 (5:21) 26-Harrison Porter ran to ATL 20 for a short loss. Tackle by 79-Thomas Anderson. ARZ 73-Bob Bradley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#79 Dallas Moore - RT</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>2-10-ATL 20 (4:37) 6-Michael Welch pass complete to 82-Juan Kozak to ATL 26 for 6 yards. Tackle by 27-Carl Krueger.</t>
   </si>
   <si>
-    <t>#69 Michael Talbert - DT</t>
+    <t>#71 Michael Talbert - DT</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-4-ATL 26 (3:58) 6-Michael Welch sacked at ATL 17 for -10 yards (79-Thomas Anderson). Sack allowed by 79-Dallas Moore. 79-Dallas Moore missed that block completely.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>ATL 17</t>
   </si>
   <si>
     <t>4-14-ATL 17 (3:24) PENALTY - False Start (ATL 58-Thomas Stahl)</t>
   </si>
   <si>
     <t>3:23</t>
   </si>