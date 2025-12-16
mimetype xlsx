--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -386,51 +386,51 @@
   <si>
     <t>#59 Joshua Canfield - DT</t>
   </si>
   <si>
     <t>#60 Hector Hansford - DT</t>
   </si>
   <si>
     <t>#92 Fred Williams - RDE</t>
   </si>
   <si>
     <t>#77 Russell Corker - RDE</t>
   </si>
   <si>
     <t>#96 Rudy Mitchell - MLB</t>
   </si>
   <si>
     <t>#59 Mike Groff - SLB</t>
   </si>
   <si>
     <t>#35 Leon Ritter - CB</t>
   </si>
   <si>
     <t>#31 William Kelly - RDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#40 Luther Brown - SS</t>
   </si>
   <si>
     <t>#48 Don Douglas - LDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DET 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-4-DET 31 (14:16) 29-Larry Warthen ran to DET 31 for a short loss. Tackle by 92-Russell Corker.</t>
   </si>
   <si>
     <t>#21 Alan Lagasse - FB</t>
   </si>