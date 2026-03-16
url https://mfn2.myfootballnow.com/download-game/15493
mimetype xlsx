--- v1 (2025-12-16)
+++ v2 (2026-03-16)
@@ -386,51 +386,51 @@
   <si>
     <t>#59 Joshua Canfield - DT</t>
   </si>
   <si>
     <t>#60 Hector Hansford - DT</t>
   </si>
   <si>
     <t>#92 Fred Williams - RDE</t>
   </si>
   <si>
     <t>#77 Russell Corker - RDE</t>
   </si>
   <si>
     <t>#96 Rudy Mitchell - MLB</t>
   </si>
   <si>
     <t>#59 Mike Groff - SLB</t>
   </si>
   <si>
     <t>#35 Leon Ritter - CB</t>
   </si>
   <si>
     <t>#31 William Kelly - RDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#40 Luther Brown - SS</t>
   </si>
   <si>
     <t>#48 Don Douglas - LDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DET 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-4-DET 31 (14:16) 29-Larry Warthen ran to DET 31 for a short loss. Tackle by 92-Russell Corker.</t>
   </si>
   <si>
     <t>#21 Alan Lagasse - FB</t>
   </si>