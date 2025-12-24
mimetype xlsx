--- v0 (2025-10-21)
+++ v1 (2025-12-24)
@@ -461,51 +461,51 @@
   <si>
     <t>1-10-HOU 33 (13:47) 9-Charles Norris pass complete to 33-Richard Barajas to HOU 16 for 17 yards. Tackle by 21-Luther Leblanc. LAA 71-Gary Miller was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Charles Norris - QB</t>
   </si>
   <si>
     <t>#19 Clifford Blanco - WR</t>
   </si>
   <si>
     <t>#33 Richard Barajas - LG</t>
   </si>
   <si>
     <t>#39 Robert Medina - FB</t>
   </si>
   <si>
     <t>#11 Charles Smith - WR</t>
   </si>
   <si>
     <t>#12 Marc Person - WR</t>
   </si>
   <si>
     <t>#58 Gerald Cook - LT</t>
   </si>
   <si>
-    <t>#76 Bruce Tyler - LG</t>
+    <t>#59 Bruce Tyler - LG</t>
   </si>
   <si>
     <t>#69 Francis Lockwood - C</t>
   </si>
   <si>
     <t>#67 Jose Watson - RG</t>
   </si>
   <si>
     <t>#71 Gary Miller - LT</t>
   </si>
   <si>
     <t>#96 John Barela - LDE</t>
   </si>
   <si>
     <t>#33 Kevin Wright - RDE</t>
   </si>
   <si>
     <t>#92 Ramon Foster - RDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#48 Don Douglas - LDE</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>HOU 19</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-14-HOU 19 (11:34) 9-Charles Norris pass Pass knocked down by 29-Robert Hughes. incomplete, intended for 11-Charles Smith.</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-HOU 19 (11:31) 6-Garrett Marshall 36 yard field goal is GOOD. HOU 0 LAA 3</t>
   </si>
   <si>
-    <t>#59 Michael Fryer - RDE</t>
+    <t>#68 Michael Fryer - RDE</t>
   </si>
   <si>
     <t>#58 Kenneth Buchanan - WLB</t>
   </si>
   <si>
     <t>#64 Chance Arias - RG</t>
   </si>
   <si>
     <t>#67 David Moran - LT</t>
   </si>
   <si>
     <t>#57 John Cotten - CB</t>
   </si>
   <si>
     <t>#41 Gabriel Gadd - RDE</t>
   </si>
   <si>
     <t>#22 Ian Kennedy - RDE</t>
   </si>
   <si>
     <t>#34 Ricardo Warren - RDE</t>
   </si>
   <si>
     <t>#40 Brian Carter - RDE</t>
   </si>