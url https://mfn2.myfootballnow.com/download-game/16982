--- v0 (2025-10-27)
+++ v1 (2026-01-07)
@@ -671,51 +671,51 @@
   <si>
     <t>#88 Lynn Martinez - WR</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>#31 Adrian McGrath - SS</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>2-13-TBY 32 (7:32) 4-Noe Lawton ran to TBY 37 for 5 yards. Tackle by 23-John Germaine. TBY 77-Everett Durham was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>TBY 37</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-7-TBY 37 (6:51) 10-Myron Davis pass complete to 80-Gilbert Cashman to TBY 45 for 9 yards. Tackle by 49-Kenneth Bunting.</t>
   </si>
   <si>
     <t>#60 Paul Norris - C</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-TBY 45 (6:15) 4-Noe Lawton ran to TBY 43 for -2 yards. Tackle by 53-Adrian McGrath.</t>
   </si>