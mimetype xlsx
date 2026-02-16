--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -380,51 +380,51 @@
   <si>
     <t>#99 Willie Smith - DT</t>
   </si>
   <si>
     <t>#71 John Dotson - RDE</t>
   </si>
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
     <t>#28 Jose Garner - CB</t>
   </si>
   <si>
     <t>#29 Henry Stark - CB</t>
   </si>
   <si>
     <t>#33 Antonio Lockett - CB</t>
   </si>
   <si>
     <t>#37 Victor Taylor - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-8-HOU 27 (14:17) 4-Felix Merriman ran to HOU 37 for 10 yards. Tackle by 56-James Humphreys.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>HOU 37</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>#24 Thomas Whitaker - CB</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-TBY 48 (9:04) 13-Mark Baxter punts 51 yards to TBY -3.4-18-TBY 48 (9:04) 13-Mark Baxter punts 51 yards to TBY -3. Touchback.</t>
   </si>
   <si>
     <t>#5 Mark Baxter - P</t>
   </si>
   <si>
     <t>#79 Daniel Michel - C</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#1 Ronald Dougherty - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 20 (8:56) 10-Myron Davis pass complete to 11-David McDowell to TBY 34 for 14 yards.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>#88 Lynn Martinez - WR</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>#31 Adrian McGrath - SS</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>2-13-TBY 32 (7:32) 4-Noe Lawton ran to TBY 37 for 5 yards. Tackle by 23-John Germaine. TBY 77-Everett Durham was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>TBY 37</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-7-TBY 37 (6:51) 10-Myron Davis pass complete to 80-Gilbert Cashman to TBY 45 for 9 yards. Tackle by 49-Kenneth Bunting.</t>
   </si>
   <si>
     <t>#60 Paul Norris - C</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-TBY 45 (6:15) 4-Noe Lawton ran to TBY 43 for -2 yards. Tackle by 53-Adrian McGrath.</t>
   </si>
@@ -2198,85 +2198,85 @@
   </sheetPr>
   <dimension ref="A1:CD167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="321.921" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>