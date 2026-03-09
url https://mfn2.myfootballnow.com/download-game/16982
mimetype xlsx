--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -380,51 +380,51 @@
   <si>
     <t>#99 Willie Smith - DT</t>
   </si>
   <si>
     <t>#71 John Dotson - RDE</t>
   </si>
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
     <t>#28 Jose Garner - CB</t>
   </si>
   <si>
     <t>#29 Henry Stark - CB</t>
   </si>
   <si>
     <t>#33 Antonio Lockett - CB</t>
   </si>
   <si>
     <t>#37 Victor Taylor - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-8-HOU 27 (14:17) 4-Felix Merriman ran to HOU 37 for 10 yards. Tackle by 56-James Humphreys.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>HOU 37</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>#24 Thomas Whitaker - CB</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-TBY 48 (9:04) 13-Mark Baxter punts 51 yards to TBY -3.4-18-TBY 48 (9:04) 13-Mark Baxter punts 51 yards to TBY -3. Touchback.</t>
   </si>
   <si>
     <t>#5 Mark Baxter - P</t>
   </si>
   <si>
     <t>#79 Daniel Michel - C</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#1 Ronald Dougherty - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 20 (8:56) 10-Myron Davis pass complete to 11-David McDowell to TBY 34 for 14 yards.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
@@ -2198,85 +2198,85 @@
   </sheetPr>
   <dimension ref="A1:CD167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="321.921" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>