--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -881,51 +881,51 @@
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>2-8-HOU 27 (4:24) 23-John Germaine ran to HOU 31 for 3 yards. Tackle by 90-Ronald Merrell.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>3-4-HOU 31 (3:41) 23-John Germaine ran to HOU 30 for -1 yards. Tackle by 33-Antonio Lockett.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
   <si>
     <t>4-5-HOU 30 (3:03) 7-Armand Blackshire punts 48 yards to TBY 22. Fair Catch by 80-Gilbert Cashman.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-10-TBY 22 (2:56) 10-Myron Davis pass complete to 80-Gilbert Cashman to TBY 27 for 5 yards. Tackle by 49-Kenneth Bunting. 80-Gilbert Cashman breaks down the CB.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>2-5-TBY 27 (2:17) 14-Vance Witt ran to TBY 24 for -3 yards. Tackle by 38-James Holmes.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>TBY 24</t>
   </si>
@@ -2154,51 +2154,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>