--- v1 (2025-11-18)
+++ v2 (2026-01-07)
@@ -602,51 +602,51 @@
   <si>
     <t>#79 Gregory Densmore - LG</t>
   </si>
   <si>
     <t>#63 Daniel Kennedy - LG</t>
   </si>
   <si>
     <t>#66 Everett Durham - C</t>
   </si>
   <si>
     <t>#63 Patrick Sanders - RT</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#33 Kevin Wright - RDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>TBY 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>