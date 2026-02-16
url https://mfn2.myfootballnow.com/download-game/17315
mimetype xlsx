--- v2 (2026-01-07)
+++ v3 (2026-02-16)
@@ -401,51 +401,51 @@
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
     <t>#44 James Grant - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-HOU 27 (14:22) 3-Ronald Hebert pass complete to 4-Felix Merriman to HOU 46 for 19 yards. Tackle by 90-Ronald Merrell. TBY 92-John Dotson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#37 Victor Taylor - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>HOU 46</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 46 (13:36) 3-Ronald Hebert pass complete to 27-Kevin Stern to TBY 41 for 13 yards. Tackle by 52-Thomas Whitaker. PENALTY - Pass Interference (TBY 53-Clair White) (Declined)</t>
   </si>
   <si>
     <t>#24 Kevin Stern - RB</t>
   </si>
   <si>
     <t>#98 Willie Giordano - LDE</t>
   </si>
   <si>
     <t>#54 Russell Waller - CB</t>
   </si>
   <si>
     <t>#24 Thomas Whitaker - CB</t>
   </si>
@@ -572,90 +572,90 @@
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (11:43) 14-Vance Witt ran to TBY 22 for -3 yards. Tackle by 38-James Holmes.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
   <si>
     <t>#19 August Hiner - WR</t>
   </si>
   <si>
     <t>#88 Adam Palumbo - WR</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#88 Lynn Martinez - WR</t>
   </si>
   <si>
     <t>#79 Gregory Densmore - LG</t>
   </si>
   <si>
     <t>#63 Daniel Kennedy - LG</t>
   </si>
   <si>
     <t>#66 Everett Durham - C</t>
   </si>
   <si>
     <t>#63 Patrick Sanders - RT</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#33 Kevin Wright - RDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>TBY 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>2-13-TBY 22 (11:09) 14-Vance Witt ran to TBY 35 for 12 yards. Tackle by 31-Martin Dickson.</t>
   </si>
   <si>
     <t>#34 Kent Whitson - WR</t>
   </si>
@@ -2160,69 +2160,69 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>