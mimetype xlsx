--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -401,51 +401,51 @@
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
     <t>#44 James Grant - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-HOU 27 (14:22) 3-Ronald Hebert pass complete to 4-Felix Merriman to HOU 46 for 19 yards. Tackle by 90-Ronald Merrell. TBY 92-John Dotson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#37 Victor Taylor - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>HOU 46</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 46 (13:36) 3-Ronald Hebert pass complete to 27-Kevin Stern to TBY 41 for 13 yards. Tackle by 52-Thomas Whitaker. PENALTY - Pass Interference (TBY 53-Clair White) (Declined)</t>
   </si>
   <si>
     <t>#24 Kevin Stern - RB</t>
   </si>
   <si>
     <t>#98 Willie Giordano - LDE</t>
   </si>
   <si>
     <t>#54 Russell Waller - CB</t>
   </si>
   <si>
     <t>#24 Thomas Whitaker - CB</t>
   </si>
@@ -572,90 +572,90 @@
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (11:43) 14-Vance Witt ran to TBY 22 for -3 yards. Tackle by 38-James Holmes.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
   <si>
     <t>#19 August Hiner - WR</t>
   </si>
   <si>
     <t>#88 Adam Palumbo - WR</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#88 Lynn Martinez - WR</t>
   </si>
   <si>
     <t>#79 Gregory Densmore - LG</t>
   </si>
   <si>
     <t>#63 Daniel Kennedy - LG</t>
   </si>
   <si>
     <t>#66 Everett Durham - C</t>
   </si>
   <si>
     <t>#63 Patrick Sanders - RT</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#33 Kevin Wright - RDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>TBY 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>2-13-TBY 22 (11:09) 14-Vance Witt ran to TBY 35 for 12 yards. Tackle by 31-Martin Dickson.</t>
   </si>
   <si>
     <t>#34 Kent Whitson - WR</t>
   </si>
@@ -2160,69 +2160,69 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>