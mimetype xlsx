--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -344,51 +344,51 @@
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>KCY 29</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-KCY 29 (14:55) 49-Chad Haynes ran to KCY 32 for 3 yards. Tackle by 58-Gilbert Henry.</t>
   </si>
   <si>
     <t>#14 William Hoar - QB</t>
   </si>
   <si>
     <t>#22 Chad Haynes - RB</t>
   </si>
   <si>
     <t>#26 Donald Duncan - WR</t>
   </si>
   <si>
-    <t>#89 Joseph Chaney - TE</t>
+    <t>#84 Joseph Chaney - TE</t>
   </si>
   <si>
     <t>#88 Robert Coleman - TE</t>
   </si>
   <si>
     <t>#89 Danny Cohen - WR</t>
   </si>
   <si>
     <t>#64 Nathan Wise - LT</t>
   </si>
   <si>
     <t>#52 Ernie Farthing - LG</t>
   </si>
   <si>
     <t>#65 Michael Lindsey - RG</t>
   </si>
   <si>
     <t>#57 Jason Brown - RG</t>
   </si>
   <si>
     <t>#69 Kurt Green - RT</t>
   </si>
   <si>
     <t>#61 Dennis Tardiff - LDE</t>
   </si>
@@ -581,105 +581,105 @@
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 39 (9:53) 40-Charles Kwong ran to KCY 49 for 12 yards. Tackle by 36-Brandon Alvarez.</t>
   </si>
   <si>
     <t>#18 Gregory Clayborn - QB</t>
   </si>
   <si>
     <t>#35 Diego Walker - RB</t>
   </si>
   <si>
     <t>#80 Charles Kwong - TE</t>
   </si>
   <si>
     <t>#89 John Scheele - WR</t>
   </si>
   <si>
     <t>#87 Hal Copeland - WR</t>
   </si>
   <si>
-    <t>#84 Bennie Cross - WR</t>
+    <t>#11 Bennie Cross - WR</t>
   </si>
   <si>
     <t>#36 James Reed - LT</t>
   </si>
   <si>
     <t>#75 Shaun Ward - LG</t>
   </si>
   <si>
     <t>#63 Andres Boer - C</t>
   </si>
   <si>
     <t>#64 Ernest Yates - RG</t>
   </si>
   <si>
-    <t>#66 Cody Conte - RT</t>
+    <t>#57 Cody Conte - RT</t>
   </si>
   <si>
     <t>#71 William Bowie - DT</t>
   </si>
   <si>
     <t>#67 Amos Herb - RDE</t>
   </si>
   <si>
     <t>#79 Jose Woodard - LDE</t>
   </si>
   <si>
     <t>#98 Ronald Wagner - LDE</t>
   </si>
   <si>
     <t>#36 Brandon Alvarez - CB</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>KCY 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-KCY 49 (9:13) 35-Diego Walker ran to KCY 42 for 7 yards. Tackle by 20-Jamar Guidry.</t>
   </si>
   <si>
     <t>#38 George Tyler - RB</t>
   </si>
   <si>
-    <t>#81 Raul Andrews - TE</t>
+    <t>#89 Raul Andrews - TE</t>
   </si>
   <si>
     <t>#20 Don Silvera - FB</t>
   </si>
   <si>
-    <t>#76 Joseph Miller - DT</t>
+    <t>#75 Joseph Miller - DT</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>KCY 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-3-KCY 42 (8:34) 35-Diego Walker ran to KCY 38 for 4 yards. Tackle by 98-Ronald Wagner.</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>KCY 38</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>