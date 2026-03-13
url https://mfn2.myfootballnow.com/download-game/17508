--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -842,51 +842,51 @@
   <si>
     <t>#65 Charles Gaines - RDE</t>
   </si>
   <si>
     <t>#59 Cristopher Shackelford - SLB</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>BUF 22</t>
   </si>
   <si>
     <t>3-8-BUF 22 (2:52) 18-Gregory Clayborn pass complete to 81-Raul Andrews to BUF 35 for 13 yards. Tackle by 98-Ronald Wagner.</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-BUF 35 (2:16) 88-Dwayne Calabro ran to BUF 34 for -2 yards. Tackle by 58-Joseph Miller.</t>
   </si>
   <si>
-    <t>#91 Ronald Alvarado - MLB</t>
+    <t>#55 Ronald Alvarado - MLB</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>BUF 34</t>
   </si>
   <si>
     <t>2-12-BUF 34 (1:42) 35-Diego Walker ran to BUF 34 for 1 yards. Tackle by 25-James Shull.</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>3-11-BUF 34 (0:58) 18-Gregory Clayborn pass complete to 84-Bennie Cross to BUF 41 for 7 yards. Tackle by 99-Jose Woodard.</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>BUF 41</t>
   </si>
@@ -977,51 +977,51 @@
   <si>
     <t>#80 William Fonseca - LG</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>KCY 1</t>
   </si>
   <si>
     <t>1-1-KCY 1 (13:35) 88-Dwayne Calabro ran for 1 yards. TOUCHDOWN! BUF 6 KCY 0</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>KCY 15</t>
   </si>
   <si>
     <t>(13:34) Extra point GOOD by 10-Fabian Mahler. BUF 7 KCY 0</t>
   </si>
   <si>
     <t>#73 Jorge Johnson - RG</t>
   </si>
   <si>
-    <t>#76 Kirk Gartner - RDE</t>
+    <t>#73 Kirk Gartner - RDE</t>
   </si>
   <si>
     <t>#93 Ellis Kayser - DT</t>
   </si>
   <si>
     <t>#57 Timmy Brown - MLB</t>
   </si>
   <si>
     <t>(13:34) 10-Fabian Mahler kicks 75 yards from BUF 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>1-10-KCY 25 (13:34) 49-Chad Haynes ran to KCY 28 for 3 yards. Tackle by 58-Gilbert Henry.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>