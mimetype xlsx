--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -344,93 +344,93 @@
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 11-Paul Patten pass Pass knocked down by 95-Gary Roberts. incomplete, intended for 49-Harold Troche. Pressure by 93-Robert Freeman.</t>
   </si>
   <si>
     <t>#8 Paul Patten - QB</t>
   </si>
   <si>
     <t>#49 Harold Troche - RB</t>
   </si>
   <si>
     <t>#19 Clifford Blanco - WR</t>
   </si>
   <si>
     <t>#7 Joe Wright - WR</t>
   </si>
   <si>
-    <t>#17 Thomas Stallman - WR</t>
+    <t>#89 Thomas Stallman - WR</t>
   </si>
   <si>
     <t>#79 Michael Jarvis - LT</t>
   </si>
   <si>
     <t>#67 Russell Frederick - LG</t>
   </si>
   <si>
     <t>#71 Wesley Williams - C</t>
   </si>
   <si>
     <t>#62 Wayne Kirchoff - RG</t>
   </si>
   <si>
     <t>#66 Richard Stpeter - RT</t>
   </si>
   <si>
     <t>#93 Robert Freeman - LDE</t>
   </si>
   <si>
     <t>#70 Robert Rojas - DT</t>
   </si>
   <si>
     <t>#73 Andrea Foster - DT</t>
   </si>
   <si>
     <t>#72 Dennis Evatt - RDE</t>
   </si>
   <si>
     <t>#90 Sergio True - MLB</t>
   </si>
   <si>
     <t>#95 Gary Roberts - WLB</t>
   </si>
   <si>
     <t>#48 Rick Fitzgerald - SS</t>
   </si>
   <si>
     <t>#39 Robert Burns - CB</t>
   </si>
   <si>
-    <t>#24 Michael Michael - CB</t>
+    <t>#28 Michael Michael - CB</t>
   </si>
   <si>
     <t>#49 Vaughn West - SS</t>
   </si>
   <si>
     <t>#39 Joseph Wallace - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-DEN 25 (14:56) 47-Conrad Escalante ran for 75 yards. TOUCHDOWN! JAX 70-Robert Rojas was injured on the play. He looks like he should be able to return. JAX 0 DEN 6</t>
   </si>
   <si>
     <t>#81 George Gagne - TE</t>
   </si>
   <si>
     <t>#53 Garland Holbrook - SLB</t>
   </si>
@@ -515,75 +515,75 @@
   <si>
     <t>#43 Aurelio Washington - FB</t>
   </si>
   <si>
     <t>#21 Dan Moynihan - WR</t>
   </si>
   <si>
     <t>#19 Anthony Anderson - WR</t>
   </si>
   <si>
     <t>#75 David Bonilla - LT</t>
   </si>
   <si>
     <t>#65 Cody Childs - LG</t>
   </si>
   <si>
     <t>#63 Vicente Molnar - C</t>
   </si>
   <si>
     <t>#64 Ryan Beal - RG</t>
   </si>
   <si>
     <t>#59 Moises Costello - RT</t>
   </si>
   <si>
-    <t>#90 Bret Pasley - LDE</t>
+    <t>#74 Bret Pasley - LDE</t>
   </si>
   <si>
     <t>#76 Horace Farley - RDE</t>
   </si>
   <si>
     <t>#60 Scott Marchand - DT</t>
   </si>
   <si>
     <t>#93 Antwan Cave - RDE</t>
   </si>
   <si>
     <t>14:35</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-JAX 33 (14:35) 8-Victor Thompson pass Pass knocked down by 95-Thomas Lowry. incomplete, intended for 43-Aurelio Washington.</t>
   </si>
   <si>
-    <t>#87 Paul Galindo - TE</t>
+    <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
     <t>#27 Thomas Lowry - FS</t>
   </si>
   <si>
     <t>14:30</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-JAX 33 (14:31) 8-Victor Thompson pass complete to 19-Anthony Anderson to JAX 40 for 7 yards. Tackle by 31-Michael Arline.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>JAX 40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -899,51 +899,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-10-JAX 49 (1:53) 11-Paul Patten pass complete to 26-Joseph Whatley to JAX 44 for 5 yards. Tackle by 79-Robert Roush.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>JAX 44</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>3-6-JAX 44 (1:15) 11-Paul Patten pass complete to 84-George Gagne to JAX 42 for 2 yards. Tackle by 54-Garland Holbrook. JAX 72-Dennis Evatt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>4-4-JAX 42 (0:39) 15-Samuel Sanders punts 33 yards to JAX 9.</t>
   </si>
   <si>
-    <t>#15 Samuel Sanders - P</t>
+    <t>#9 Samuel Sanders - P</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>JAX 9</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-JAX 9 (0:29) 45-William Carlson ran to JAX 13 for 4 yards. Tackle by 22-Willie Lafrance. PENALTY - Offsides (DEN 95-Thomas Lowry)</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>JAX 14</t>
   </si>
   <si>
     <t>1-5-JAX 14 (0:26) 45-William Carlson ran to JAX 10 for -4 yards. Tackle by 50-Jason McCabe.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
@@ -2181,51 +2181,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>