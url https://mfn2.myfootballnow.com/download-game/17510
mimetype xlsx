--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -524,51 +524,51 @@
   <si>
     <t>#75 David Bonilla - LT</t>
   </si>
   <si>
     <t>#65 Cody Childs - LG</t>
   </si>
   <si>
     <t>#63 Vicente Molnar - C</t>
   </si>
   <si>
     <t>#64 Ryan Beal - RG</t>
   </si>
   <si>
     <t>#59 Moises Costello - RT</t>
   </si>
   <si>
     <t>#74 Bret Pasley - LDE</t>
   </si>
   <si>
     <t>#76 Horace Farley - RDE</t>
   </si>
   <si>
     <t>#60 Scott Marchand - DT</t>
   </si>
   <si>
-    <t>#93 Antwan Cave - RDE</t>
+    <t>#64 Antwan Cave - RDE</t>
   </si>
   <si>
     <t>14:35</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-JAX 33 (14:35) 8-Victor Thompson pass Pass knocked down by 95-Thomas Lowry. incomplete, intended for 43-Aurelio Washington.</t>
   </si>
   <si>
     <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
     <t>#27 Thomas Lowry - FS</t>
   </si>
   <si>
     <t>14:30</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>