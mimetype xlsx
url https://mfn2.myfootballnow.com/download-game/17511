--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -389,51 +389,51 @@
   <si>
     <t>#77 Carter Hanson - LG</t>
   </si>
   <si>
     <t>#68 Kenneth Castillo - LDE</t>
   </si>
   <si>
     <t>#66 Paul Mejia - LDE</t>
   </si>
   <si>
     <t>#53 Issac Agee - DT</t>
   </si>
   <si>
     <t>#79 Andrew Bryant - DT</t>
   </si>
   <si>
     <t>#76 Tommy Guizar - RDE</t>
   </si>
   <si>
     <t>#56 Jon Brandon - SLB</t>
   </si>
   <si>
     <t>#98 Dana Johnston - MLB</t>
   </si>
   <si>
-    <t>#91 Robert Turner - MLB</t>
+    <t>#94 Robert Turner - MLB</t>
   </si>
   <si>
     <t>#49 Elliot Nixon - CB</t>
   </si>
   <si>
     <t>#41 Shelby Ryan - LDE</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>MIA 40</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-MIA 40 (14:08) 12-Luke Land pass complete to 84-Nelson Downey to NED 49 for 11 yards. Tackle by 57-Jon Brandon.</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>3-19-NED 36 (8:36) 10-Derick Mullins sacked at NED 26 for -9 yards (52-Robert Michell). Sack allowed by 63-Kenneth Kim.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-29-NED 26 (8:00) 2-William Picard punts 44 yards to MIA 29. Fair Catch by 20-Ellis Rogers.</t>
   </si>
   <si>
     <t>#2 William Picard - P</t>
   </si>
   <si>
     <t>#57 David Taylor - LT</t>
   </si>
   <si>
     <t>#77 Peter Cox - RG</t>
   </si>
   <si>
-    <t>#60 Glen Battiste - C</t>
+    <t>#73 Glen Battiste - C</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>1-10-MIA 29 (7:54) 12-Luke Land pass complete to 20-Ellis Rogers to MIA 35 for 5 yards. Tackle by 26-Shelby Ryan.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-5-MIA 35 (7:14) 12-Luke Land pass complete to 84-Nelson Downey to MIA 39 for 4 yards. Tackle by 98-Dana Johnston.</t>
   </si>