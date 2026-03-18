--- v1 (2025-12-14)
+++ v2 (2026-03-18)
@@ -293,51 +293,51 @@
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-James Glasgow kicks 74 yards from NED 35 to MIA -9. 20-Ellis Rogers to MIA 30 for 39 yards. Tackle by 1-James Glasgow.</t>
   </si>
   <si>
     <t>#20 Ellis Rogers - RB</t>
   </si>
   <si>
     <t>#25 Steven Wiggins - SS</t>
   </si>
   <si>
     <t>#21 Ross Brooks - CB</t>
   </si>
   <si>
     <t>#49 Ronald Addis - CB</t>
   </si>
   <si>
-    <t>#97 James Brown - SLB</t>
+    <t>#54 James Brown - SLB</t>
   </si>
   <si>
     <t>#25 Truman Burley - SS</t>
   </si>
   <si>
     <t>#34 Michael Watts - SS</t>
   </si>
   <si>
     <t>#95 Ricky Smith - WLB</t>
   </si>
   <si>
     <t>#22 Thomas Cameron - CB</t>
   </si>
   <si>
     <t>#42 George Bernstein - FS</t>
   </si>
   <si>
     <t>#93 Robert Michell - RDE</t>
   </si>
   <si>
     <t>#1 James Glasgow - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#89 Julius Goetz - TE</t>
   </si>
   <si>
     <t>#82 Alfred Williams - FB</t>
   </si>
   <si>
     <t>#84 Nelson Downey - TE</t>
   </si>
   <si>
     <t>#83 Michael Pogue - WR</t>
   </si>
   <si>
     <t>#71 John Burton - RG</t>
   </si>
   <si>
     <t>#63 Larry Whitman - LT</t>
   </si>
   <si>
     <t>#55 Miguel Hess - LG</t>
   </si>
   <si>
     <t>#66 Chester Collins - RT</t>
   </si>
   <si>
-    <t>#77 Carter Hanson - LG</t>
+    <t>#67 Carter Hanson - LG</t>
   </si>
   <si>
     <t>#68 Kenneth Castillo - LDE</t>
   </si>
   <si>
     <t>#66 Paul Mejia - LDE</t>
   </si>
   <si>
     <t>#53 Issac Agee - DT</t>
   </si>
   <si>
     <t>#79 Andrew Bryant - DT</t>
   </si>
   <si>
     <t>#76 Tommy Guizar - RDE</t>
   </si>
   <si>
     <t>#56 Jon Brandon - SLB</t>
   </si>
   <si>
     <t>#98 Dana Johnston - MLB</t>
   </si>
   <si>
     <t>#94 Robert Turner - MLB</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-19-NED 36 (8:36) 10-Derick Mullins sacked at NED 26 for -9 yards (52-Robert Michell). Sack allowed by 63-Kenneth Kim.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-29-NED 26 (8:00) 2-William Picard punts 44 yards to MIA 29. Fair Catch by 20-Ellis Rogers.</t>
   </si>
   <si>
     <t>#2 William Picard - P</t>
   </si>
   <si>
     <t>#57 David Taylor - LT</t>
   </si>
   <si>
-    <t>#77 Peter Cox - RG</t>
+    <t>#53 Peter Cox - RG</t>
   </si>
   <si>
     <t>#73 Glen Battiste - C</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>1-10-MIA 29 (7:54) 12-Luke Land pass complete to 20-Ellis Rogers to MIA 35 for 5 yards. Tackle by 26-Shelby Ryan.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>