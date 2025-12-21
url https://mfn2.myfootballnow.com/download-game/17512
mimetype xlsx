--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -566,51 +566,51 @@
   <si>
     <t>#17 Daniel Olson - K</t>
   </si>
   <si>
     <t>#76 Jeremy Nakamura - RG</t>
   </si>
   <si>
     <t>#70 Luis Allen - RG</t>
   </si>
   <si>
     <t>#69 Gustavo Cooper - RT</t>
   </si>
   <si>
     <t>#55 Rodney Lacroix - SLB</t>
   </si>
   <si>
     <t>#56 James McClellan - WLB</t>
   </si>
   <si>
     <t>#74 Jerry Gragg - DT</t>
   </si>
   <si>
     <t>#61 Bruce Carrillo - LT</t>
   </si>
   <si>
-    <t>#67 Wesley Johnson - RG</t>
+    <t>#66 Wesley Johnson - RG</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>(10:55) 17-Daniel Olson kicks 75 yards from TBY 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Richie Thompson - WR</t>
   </si>
   <si>
     <t>#86 David Sawyer - WR</t>
   </si>
   <si>
     <t>#67 Walter Wilson - RT</t>
   </si>
   <si>
     <t>#64 Jose Mackey - LT</t>
   </si>
   <si>
     <t>#69 Ricky Jolley - LG</t>
   </si>
   <si>
     <t>#66 Roy Leal - C</t>
   </si>
@@ -1025,54 +1025,54 @@
   <si>
     <t>2-7-TBY 12 (14:13) 10-Myron Davis pass complete to 11-David McDowell to TBY 13 for 1 yards. Tackle by 50-James Price.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>TBY 13</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>3-6-TBY 13 (13:32) 10-Myron Davis pass Pass knocked down by 47-Glen Scoggin. incomplete, intended for 86-Anthony Street.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>4-6-TBY 13 (13:28) 9-Ron Johnson punts 45 yards to GBY 42. Fair Catch by 81-Marvin Cortez.</t>
   </si>
   <si>
-    <t>#9 Ron Johnson - P</t>
-[...2 lines deleted...]
-    <t>#89 Marvin Cortez - WR</t>
+    <t>#11 Ron Johnson - P</t>
+  </si>
+  <si>
+    <t>#87 Marvin Cortez - WR</t>
   </si>
   <si>
     <t>#65 Wendell Travis - RT</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>GBY 42</t>
   </si>
   <si>
     <t>1-10-GBY 42 (13:21) 22-Douglas Morgan ran to GBY 41 for -1 yards. Tackle by 90-Ronald Merrell.</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>GBY 41</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-11-GBY 41 (12:48) 25-Juan Cantu ran to GBY 47 for 6 yards. Tackle by 25-Lawrence Azar.</t>
   </si>