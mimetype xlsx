--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -296,66 +296,66 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Charles Delorenzo kicks 71 yards from GBY 35 to TBY -6. 80-Gilbert Cashman to TBY 33 for 40 yards. Tackle by 70-William Benoit.</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#37 Victor Taylor - CB</t>
   </si>
   <si>
     <t>#90 Ronald Merrell - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
     <t>#40 Scotty Soler - RDE</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>#28 Jose Garner - CB</t>
   </si>
   <si>
     <t>#33 Antonio Lockett - CB</t>
   </si>
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
     <t>#29 Patrick Baker - CB</t>
   </si>
   <si>
-    <t>#49 Lawrence Azar - CB</t>
+    <t>#49 Lawrence Azar - RDE</t>
   </si>
   <si>
     <t>#13 Charles Delorenzo - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>TBY 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 33 (14:55) 11-David McDowell ran to TBY 49 for 16 yards. Tackle by 48-Michael Perrigo. GBY 50-James Price was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
@@ -2311,51 +2311,51 @@
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>