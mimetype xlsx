--- v2 (2026-02-26)
+++ v3 (2026-03-22)
@@ -293,69 +293,69 @@
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Charles Delorenzo kicks 71 yards from GBY 35 to TBY -6. 80-Gilbert Cashman to TBY 33 for 40 yards. Tackle by 70-William Benoit.</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#37 Victor Taylor - CB</t>
   </si>
   <si>
     <t>#90 Ronald Merrell - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
-    <t>#40 Scotty Soler - RDE</t>
-[...2 lines deleted...]
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#40 Scotty Soler - CB</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>#28 Jose Garner - CB</t>
   </si>
   <si>
     <t>#33 Antonio Lockett - CB</t>
   </si>
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
     <t>#29 Patrick Baker - CB</t>
   </si>
   <si>
-    <t>#49 Lawrence Azar - RDE</t>
+    <t>#49 Lawrence Azar - CB</t>
   </si>
   <si>
     <t>#13 Charles Delorenzo - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>TBY 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 33 (14:55) 11-David McDowell ran to TBY 49 for 16 yards. Tackle by 48-Michael Perrigo. GBY 50-James Price was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
@@ -2311,51 +2311,51 @@
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>