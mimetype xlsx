--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -335,78 +335,78 @@
   <si>
     <t>#72 Michael Staton - LDE</t>
   </si>
   <si>
     <t>#4 Andrew Calhoun - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 5-Steve Seifert pass incomplete, dropped by 86-Jerome Richards.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
-    <t>#35 Jonathan Grindstaff - RB</t>
+    <t>#23 Jonathan Grindstaff - RB</t>
   </si>
   <si>
     <t>#16 Rogelio Evans - WR</t>
   </si>
   <si>
     <t>#89 Joshua Musson - TE</t>
   </si>
   <si>
-    <t>#86 Jerome Richards - WR</t>
+    <t>#89 Jerome Richards - WR</t>
   </si>
   <si>
     <t>#67 Tyrone Salgado - LT</t>
   </si>
   <si>
     <t>#54 Troy Nelson - RT</t>
   </si>
   <si>
     <t>#64 Stephen Duty - C</t>
   </si>
   <si>
     <t>#72 Kenneth Hambrick - RG</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
-    <t>#51 Richard Little - RDE</t>
+    <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>#60 Hector Hansford - DT</t>
   </si>
   <si>
     <t>#77 Adalberto Kail - DT</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#99 Jim Griffing - WLB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>#30 Don Brothers - CB</t>
   </si>
@@ -518,78 +518,78 @@
   <si>
     <t>#77 Francis Hale - RDE</t>
   </si>
   <si>
     <t>#99 Christopher Jones - LDE</t>
   </si>
   <si>
     <t>#76 Chris Jones - RDE</t>
   </si>
   <si>
     <t>13:13</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ATL 15 (13:14) 38-Charles Lozoya ran to ATL 18 for 3 yards. Tackle by 51-Glen Kelly.</t>
   </si>
   <si>
-    <t>#11 Gerald Person - QB</t>
+    <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#74 Kenneth Harris - LT</t>
   </si>
   <si>
-    <t>#59 Robert Hardy - LT</t>
+    <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#54 James Montero - DT</t>
   </si>
   <si>
     <t>#95 Mitchel Beasley - RDE</t>
   </si>
   <si>
     <t>#55 Brent Mehaffey - SLB</t>
   </si>
   <si>
     <t>#44 Ryan Racette - CB</t>
   </si>
   <si>
     <t>#28 Kenneth Burch - SS</t>
   </si>
   <si>
     <t>#24 Joseph Teague - CB</t>
   </si>
   <si>
     <t>#21 Charles Walt - CB</t>
   </si>
   <si>
     <t>12:35</t>
   </si>