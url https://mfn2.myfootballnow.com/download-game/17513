--- v1 (2026-01-19)
+++ v2 (2026-03-21)
@@ -533,78 +533,78 @@
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ATL 15 (13:14) 38-Charles Lozoya ran to ATL 18 for 3 yards. Tackle by 51-Glen Kelly.</t>
   </si>
   <si>
     <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
-    <t>#65 Daniel Phillips - RT</t>
+    <t>#58 Daniel Phillips - C</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#74 Kenneth Harris - LT</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#54 James Montero - DT</t>
   </si>
   <si>
     <t>#95 Mitchel Beasley - RDE</t>
   </si>
   <si>
     <t>#55 Brent Mehaffey - SLB</t>
   </si>
   <si>
     <t>#44 Ryan Racette - CB</t>
   </si>
   <si>
-    <t>#28 Kenneth Burch - SS</t>
+    <t>#31 Kenneth Burch - SS</t>
   </si>
   <si>
     <t>#24 Joseph Teague - CB</t>
   </si>
   <si>
     <t>#21 Charles Walt - CB</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>2-7-ATL 18 (12:34) 2-Gerald Person pass complete to 87-Harold Johnson to ATL 27 for 10 yards. Tackle by 21-Charles Walt. ATL 74-Donnie Romero was injured on the play. He looks like he should be able to return. NYN 21-Charles Walt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>ATL 27</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>