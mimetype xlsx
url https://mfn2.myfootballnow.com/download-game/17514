--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -290,51 +290,51 @@
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Paul Nichols kicks 74 yards from HOU 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#37 Robert Ruff - WR</t>
   </si>
   <si>
     <t>#53 John Pegues - MLB</t>
   </si>
   <si>
     <t>#54 Steven Weise - MLB</t>
   </si>
   <si>
-    <t>#94 Ronald Torres - LDE</t>
+    <t>#77 Ronald Torres - LDE</t>
   </si>
   <si>
     <t>#25 James Nicholson - CB</t>
   </si>
   <si>
     <t>#55 George Mills - SLB</t>
   </si>
   <si>
     <t>#30 Hilario Blackburn - SS</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#26 Jon Chambers - CB</t>
   </si>
   <si>
     <t>#78 Joshua Maddox - LDE</t>
   </si>
   <si>
     <t>#46 Barrett Wright - CB</t>
   </si>
   <si>
     <t>#8 Paul Nichols - K</t>
   </si>
@@ -344,93 +344,93 @@
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 2-Cameron Engle pass complete to 19-Ken Allen to OAK 28 for 3 yards. Tackle by 21-Luther Leblanc.</t>
   </si>
   <si>
     <t>#8 Cameron Engle - QB</t>
   </si>
   <si>
     <t>#33 Derek Throop - RB</t>
   </si>
   <si>
     <t>#36 Richard Bruns - FB</t>
   </si>
   <si>
     <t>#19 Ken Allen - WR</t>
   </si>
   <si>
-    <t>#86 Mark Williams - WR</t>
+    <t>#18 Mark Williams - WR</t>
   </si>
   <si>
     <t>#64 Willie Jolly - LG</t>
   </si>
   <si>
     <t>#71 Kent Dunaway - LT</t>
   </si>
   <si>
     <t>#77 Frederick Toomey - C</t>
   </si>
   <si>
     <t>#65 Jack Ruth - RG</t>
   </si>
   <si>
     <t>#50 Charles Frailey - RT</t>
   </si>
   <si>
     <t>#96 John Barela - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#23 John Germaine - LDE</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>OAK 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-7-OAK 28 (14:22) 33-Derek Throop ran to OAK 29 for 1 yards. Tackle by 23-John Germaine.</t>
   </si>
   <si>
     <t>#32 Jerry Hux - RB</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>#78 Carl Canas - RDE</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>HOU 16</t>
   </si>
   <si>
     <t>1-10-HOU 16 (13:03) 3-Ronald Hebert pass complete to 17-James Long to HOU 29 for 14 yards. Tackle by 21-Barrett Wright.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#14 Lewis Morgan - WR</t>
   </si>
   <si>
     <t>#53 James Bargas - C</t>
   </si>
   <si>
     <t>#88 Ernest Carpenter - C</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
+    <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#77 Derek Jackson - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#59 Arthur Kappel - C</t>
   </si>
   <si>
     <t>#58 Jorge Savage - C</t>
   </si>
   <si>
     <t>#68 Michael Pierce - C</t>
   </si>
   <si>
     <t>#99 Dorsey Beard - DT</t>
   </si>
   <si>
     <t>#95 Fred Teague - DT</t>
   </si>
   <si>
     <t>#71 Troy Foti - DT</t>
   </si>
@@ -1478,54 +1478,54 @@
   <si>
     <t>2:26</t>
   </si>
   <si>
     <t>2-11-HOU 13 (2:25) 2-Cameron Engle pass complete to 33-Derek Throop to HOU 11 for 2 yards. Tackle by 21-Luther Leblanc.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-10-HOU 11 (1:40) 2-Cameron Engle pass complete to 36-Richard Bruns to HOU 11 for a short gain. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-HOU 11 (0:58) 3-Michael Jacobs 29 yard field goal is GOOD. HOU 32 OAK 3</t>
   </si>
   <si>
-    <t>#76 Bruce Tyler - LG</t>
-[...2 lines deleted...]
-    <t>#75 Michael Delgado - LG</t>
+    <t>#59 Bruce Tyler - LG</t>
+  </si>
+  <si>
+    <t>#69 Michael Delgado - LG</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>(0:56) 3-Michael Jacobs kicks 75 yards from OAK 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-HOU 25 (0:56) 3-Ronald Hebert pass incomplete, dropped by 88-Ernest Carpenter. Pressure by 92-Dorsey Beard.</t>
   </si>
   <si>
     <t>0:50</t>
   </si>
   <si>
     <t>2-10-HOU 25 (0:51) 3-Ronald Hebert pass incomplete, dropped by 88-George Lumpkin.</t>
   </si>
   <si>
     <t>3-10-HOU 25 (0:47) 3-Ronald Hebert pass complete to 17-James Long to HOU 31 for 6 yards. Tackle by 26-Jon Chambers.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
@@ -2219,51 +2219,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="351.486" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>