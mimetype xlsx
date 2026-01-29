--- v1 (2025-12-21)
+++ v2 (2026-01-29)
@@ -380,57 +380,57 @@
   <si>
     <t>#65 Jack Ruth - RG</t>
   </si>
   <si>
     <t>#50 Charles Frailey - RT</t>
   </si>
   <si>
     <t>#96 John Barela - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#23 John Germaine - LDE</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>OAK 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-7-OAK 28 (14:22) 33-Derek Throop ran to OAK 29 for 1 yards. Tackle by 23-John Germaine.</t>
   </si>
   <si>
     <t>#32 Jerry Hux - RB</t>
   </si>
@@ -2237,86 +2237,86 @@
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">