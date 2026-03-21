--- v2 (2026-01-29)
+++ v3 (2026-03-21)
@@ -341,90 +341,90 @@
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 2-Cameron Engle pass complete to 19-Ken Allen to OAK 28 for 3 yards. Tackle by 21-Luther Leblanc.</t>
   </si>
   <si>
     <t>#8 Cameron Engle - QB</t>
   </si>
   <si>
     <t>#33 Derek Throop - RB</t>
   </si>
   <si>
     <t>#36 Richard Bruns - FB</t>
   </si>
   <si>
-    <t>#19 Ken Allen - WR</t>
+    <t>#87 Ken Allen - WR</t>
   </si>
   <si>
     <t>#18 Mark Williams - WR</t>
   </si>
   <si>
     <t>#64 Willie Jolly - LG</t>
   </si>
   <si>
     <t>#71 Kent Dunaway - LT</t>
   </si>
   <si>
     <t>#77 Frederick Toomey - C</t>
   </si>
   <si>
     <t>#65 Jack Ruth - RG</t>
   </si>
   <si>
     <t>#50 Charles Frailey - RT</t>
   </si>
   <si>
     <t>#96 John Barela - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#23 John Germaine - LDE</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>OAK 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -2237,69 +2237,69 @@
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>