--- v0 (2025-10-20)
+++ v1 (2026-01-19)
@@ -290,57 +290,57 @@
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Eddie Vallone kicks 62 yards from IND 35 to TEN 3. 46-David Williams to TEN 21 for 19 yards. Tackle by 96-Kenneth Moser.</t>
   </si>
   <si>
     <t>#40 David Williams - RB</t>
   </si>
   <si>
     <t>#97 Barry Minyard - MLB</t>
   </si>
   <si>
     <t>#94 David Reyes - MLB</t>
   </si>
   <si>
-    <t>#93 Roosevelt Murphy - DT</t>
+    <t>#60 Roosevelt Murphy - DT</t>
   </si>
   <si>
     <t>#23 Kenneth Williams - CB</t>
   </si>
   <si>
-    <t>#98 Andrew Lee - DT</t>
+    <t>#75 Andrew Lee - DT</t>
   </si>
   <si>
     <t>#51 John Mealy - LDE</t>
   </si>
   <si>
     <t>#27 Rodrick Dunbar - CB</t>
   </si>
   <si>
     <t>#26 Albert Baumann - FS</t>
   </si>
   <si>
     <t>#92 Charles Dixon - SLB</t>
   </si>
   <si>
     <t>#46 Lynn Parker - CB</t>
   </si>
   <si>
     <t>#15 Eddie Vallone - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-TEN 36 (13:39) 10-Michael Smith pass complete to 13-George Davis to TEN 40 for 4 yards. Tackle by 23-Kevin Corbett. TEN 67-Joel Teeter was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>TEN 40</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>3-4-TEN 40 (13:04) 41-Brian Day ran to TEN 38 for -3 yards. Tackle by 29-Donald Anderson.</t>
   </si>
   <si>
-    <t>#60 Randy Lemus - C</t>
+    <t>#55 Randy Lemus - C</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>TEN 38</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-TEN 38 (12:22) 7-Richard Stockard punts 49 yards to IND 13. 49-Millard Cox to IND 21 for 7 yards. Tackle by 52-Phillip Woodberry. TEN 98-Andrew Lee was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Richard Stockard - P</t>
   </si>
   <si>
     <t>#49 Millard Cox - WR</t>
   </si>
   <si>
     <t>#55 Anthony Cardoza - WLB</t>
   </si>