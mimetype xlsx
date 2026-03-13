--- v1 (2026-01-19)
+++ v2 (2026-03-13)
@@ -578,51 +578,51 @@
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>IND 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-2-IND 29 (11:33) 87-Roy Robertson ran to IND 35 for 6 yards. Tackle by 59-Gavin Lenz.</t>
   </si>
   <si>
     <t>#81 Frank Eaton - RB</t>
   </si>
   <si>
     <t>#47 Jeffery Liptak - FB</t>
   </si>
   <si>
     <t>#86 Gary Quade - TE</t>
   </si>
   <si>
-    <t>#65 Martin Buckley - RT</t>
+    <t>#74 Martin Buckley - C</t>
   </si>
   <si>
     <t>#93 Harris Cruz - MLB</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-IND 35 (10:53) 87-Roy Robertson ran to IND 50 for 15 yards. Tackle by 26-Albert Baumann.</t>
   </si>
   <si>
     <t>#63 Robert Rodriguez - LG</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>IND 50</t>
   </si>
@@ -2308,58 +2308,58 @@
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>