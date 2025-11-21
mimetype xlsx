--- v0 (2025-10-22)
+++ v1 (2025-11-21)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>SFO has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LOS</t>
   </si>
   <si>
     <t>LOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Terry McHone kicks 71 yards from LOS 35 to SFO -6. 23-David Patino to SFO 29 for 35 yards. Tackle by 99-Boyd Shelby. 46-Sergio Dukes was caught flat-footed on this play. LOS 58-Miquel Hayes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#23 David Patino - RB</t>
   </si>
   <si>
-    <t>#21 Roy Roach - FS</t>
+    <t>#46 Roy Roach - FS</t>
   </si>
   <si>
     <t>#64 Louis Diaz - DT</t>
   </si>
   <si>
     <t>#74 Jason Levin - LDE</t>
   </si>
   <si>
     <t>#46 Sergio Dukes - SS</t>
   </si>
   <si>
     <t>#96 Howard Donaldson - RDE</t>
   </si>
   <si>
     <t>#39 Michael Cummins - SS</t>
   </si>
   <si>
     <t>#32 Kelly Oneill - CB</t>
   </si>
   <si>
     <t>#68 William Harris - DT</t>
   </si>
   <si>
     <t>#65 Willie Herrington - DT</t>
   </si>
@@ -377,51 +377,51 @@
   <si>
     <t>#68 Travis Burke - LT</t>
   </si>
   <si>
     <t>#58 Dan Windsor - C</t>
   </si>
   <si>
     <t>#60 Max Guenther - C</t>
   </si>
   <si>
     <t>#71 Ian Holder - RG</t>
   </si>
   <si>
     <t>#97 Chris McFaddin - RDE</t>
   </si>
   <si>
     <t>#67 William Swilley - DT</t>
   </si>
   <si>
     <t>#70 Noel Yazzie - DT</t>
   </si>
   <si>
     <t>#73 Sean Jacobsen - LDE</t>
   </si>
   <si>
-    <t>#94 Michael Smart - RDE</t>
+    <t>#76 Michael Smart - RDE</t>
   </si>
   <si>
     <t>#96 George Hutchens - SLB</t>
   </si>
   <si>
     <t>#96 Rudy Mitchell - MLB</t>
   </si>
   <si>
     <t>#99 Boyd Shelby - WLB</t>
   </si>
   <si>
     <t>#29 Douglas Antoine - CB</t>
   </si>
   <si>
     <t>#45 Paul Ayers - CB</t>
   </si>
   <si>
     <t>#40 Luther Brown - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>SFO 28</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>#16 Richard Johnson - QB</t>
   </si>
   <si>
     <t>#19 Timothy Salcedo - WR</t>
   </si>
   <si>
     <t>#32 Henry Massingill - FB</t>
   </si>
   <si>
     <t>#34 Brian Mendoza - FB</t>
   </si>
   <si>
     <t>#82 James Howard - FB</t>
   </si>
   <si>
     <t>#59 David Griffin - LT</t>
   </si>
   <si>
     <t>#66 Eugene Swisher - LG</t>
   </si>
   <si>
     <t>#68 Quentin Hensley - C</t>
   </si>
   <si>
-    <t>#66 Michael Edmiston - RG</t>
+    <t>#54 Michael Edmiston - RG</t>
   </si>
   <si>
     <t>#67 Lawrence Kelley - RT</t>
   </si>
   <si>
     <t>#51 William Rucker - SLB</t>
   </si>
   <si>
     <t>#23 Richard Fransen - SS</t>
   </si>
   <si>
     <t>#46 Walter James - SLB</t>
   </si>
   <si>
     <t>#20 Hugh Velez - CB</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>LOS 30</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-SFO 27 (6:47) 18-Terry McHone 45 yard field goal is GOOD. SFO 0 LOS 3</t>
   </si>
   <si>
     <t>#63 Manuel Redden - LT</t>
   </si>
   <si>
     <t>#74 Mark Hickman - RG</t>
   </si>
   <si>
     <t>#64 Steven Rodriguez - RG</t>
   </si>
   <si>
     <t>#65 Stephen Brewer - RT</t>
   </si>
   <si>
     <t>#97 Brian Hamer - WLB</t>
   </si>
   <si>
     <t>#51 Matthew Drennen - DT</t>
   </si>
   <si>
-    <t>#75 James Baldwin - LDE</t>
+    <t>#73 James Baldwin - LDE</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>(6:43) 18-Terry McHone kicks 72 yards from LOS 35 to SFO -7. 23-David Patino to SFO 21 for 29 yards. Tackle by 45-Paul Ayers.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>SFO 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 21 (6:39) 40-Anthony Hamilton ran to SFO 25 for 4 yards. Tackle by 40-Luther Brown.</t>
   </si>
   <si>
     <t>#95 Miquel Hayes - DT</t>
   </si>