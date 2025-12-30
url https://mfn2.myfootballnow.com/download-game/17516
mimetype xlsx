--- v1 (2025-11-21)
+++ v2 (2025-12-30)
@@ -686,51 +686,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-SFO 27 (6:47) 18-Terry McHone 45 yard field goal is GOOD. SFO 0 LOS 3</t>
   </si>
   <si>
     <t>#63 Manuel Redden - LT</t>
   </si>
   <si>
     <t>#74 Mark Hickman - RG</t>
   </si>
   <si>
     <t>#64 Steven Rodriguez - RG</t>
   </si>
   <si>
     <t>#65 Stephen Brewer - RT</t>
   </si>
   <si>
     <t>#97 Brian Hamer - WLB</t>
   </si>
   <si>
-    <t>#51 Matthew Drennen - DT</t>
+    <t>#99 Matthew Drennen - DT</t>
   </si>
   <si>
     <t>#73 James Baldwin - LDE</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>(6:43) 18-Terry McHone kicks 72 yards from LOS 35 to SFO -7. 23-David Patino to SFO 21 for 29 yards. Tackle by 45-Paul Ayers.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>SFO 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 21 (6:39) 40-Anthony Hamilton ran to SFO 25 for 4 yards. Tackle by 40-Luther Brown.</t>
   </si>