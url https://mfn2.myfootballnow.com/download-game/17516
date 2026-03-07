--- v2 (2025-12-30)
+++ v3 (2026-03-07)
@@ -368,51 +368,51 @@
   <si>
     <t>#81 Omar Lovejoy - WR</t>
   </si>
   <si>
     <t>#82 James Campbell - TE</t>
   </si>
   <si>
     <t>#89 Ronald Casey - WR</t>
   </si>
   <si>
     <t>#68 Travis Burke - LT</t>
   </si>
   <si>
     <t>#58 Dan Windsor - C</t>
   </si>
   <si>
     <t>#60 Max Guenther - C</t>
   </si>
   <si>
     <t>#71 Ian Holder - RG</t>
   </si>
   <si>
     <t>#97 Chris McFaddin - RDE</t>
   </si>
   <si>
-    <t>#67 William Swilley - DT</t>
+    <t>#72 William Swilley - DT</t>
   </si>
   <si>
     <t>#70 Noel Yazzie - DT</t>
   </si>
   <si>
     <t>#73 Sean Jacobsen - LDE</t>
   </si>
   <si>
     <t>#76 Michael Smart - RDE</t>
   </si>
   <si>
     <t>#96 George Hutchens - SLB</t>
   </si>
   <si>
     <t>#96 Rudy Mitchell - MLB</t>
   </si>
   <si>
     <t>#99 Boyd Shelby - WLB</t>
   </si>
   <si>
     <t>#29 Douglas Antoine - CB</t>
   </si>
   <si>
     <t>#45 Paul Ayers - CB</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>LOS 29</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LOS 29 (12:38) 16-Richard Johnson pass complete to 82-James Howard to LOS 30 for 1 yards. Tackle by 46-Sergio Dukes.</t>
   </si>
   <si>
     <t>#16 Richard Johnson - QB</t>
   </si>
   <si>
     <t>#19 Timothy Salcedo - WR</t>
   </si>
   <si>
     <t>#32 Henry Massingill - FB</t>
   </si>
   <si>
     <t>#34 Brian Mendoza - FB</t>
   </si>
   <si>
-    <t>#82 James Howard - FB</t>
+    <t>#21 James Howard - FB</t>
   </si>
   <si>
     <t>#59 David Griffin - LT</t>
   </si>
   <si>
     <t>#66 Eugene Swisher - LG</t>
   </si>
   <si>
     <t>#68 Quentin Hensley - C</t>
   </si>
   <si>
     <t>#54 Michael Edmiston - RG</t>
   </si>
   <si>
     <t>#67 Lawrence Kelley - RT</t>
   </si>
   <si>
     <t>#51 William Rucker - SLB</t>
   </si>
   <si>
     <t>#23 Richard Fransen - SS</t>
   </si>
   <si>
     <t>#46 Walter James - SLB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>2-9-LOS 30 (12:02) 19-Timothy Salcedo ran to LOS 33 for 3 yards. Tackle by 20-Hugh Velez.</t>
   </si>
   <si>
     <t>#14 Mark Ortega - WR</t>
   </si>
   <si>
     <t>#26 Dylan Saunders - FS</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>LOS 33</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-6-LOS 33 (11:29) 16-Richard Johnson pass complete to 19-Timothy Salcedo to SFO 47 for 20 yards.</t>
   </si>
   <si>
-    <t>#85 Richard Wessel - TE</t>
+    <t>#83 Richard Wessel - TE</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>SFO 47</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SFO 47 (10:47) 46-Jean Nolan ran to SFO 49 for -2 yards. Tackle by 63-Louis Diaz.</t>
   </si>
   <si>
     <t>#46 Jean Nolan - RB</t>
   </si>
   <si>
     <t>#10 Tommy Gregory - WR</t>
   </si>
   <si>
     <t>#35 Gregorio Ocampo - FS</t>
   </si>