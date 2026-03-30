--- v3 (2026-03-07)
+++ v4 (2026-03-30)
@@ -689,51 +689,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-SFO 27 (6:47) 18-Terry McHone 45 yard field goal is GOOD. SFO 0 LOS 3</t>
   </si>
   <si>
     <t>#63 Manuel Redden - LT</t>
   </si>
   <si>
     <t>#74 Mark Hickman - RG</t>
   </si>
   <si>
     <t>#64 Steven Rodriguez - RG</t>
   </si>
   <si>
     <t>#65 Stephen Brewer - RT</t>
   </si>
   <si>
     <t>#97 Brian Hamer - WLB</t>
   </si>
   <si>
     <t>#99 Matthew Drennen - DT</t>
   </si>
   <si>
-    <t>#73 James Baldwin - LDE</t>
+    <t>#57 James Baldwin - LDE</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>(6:43) 18-Terry McHone kicks 72 yards from LOS 35 to SFO -7. 23-David Patino to SFO 21 for 29 yards. Tackle by 45-Paul Ayers.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>SFO 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 21 (6:39) 40-Anthony Hamilton ran to SFO 25 for 4 yards. Tackle by 40-Luther Brown.</t>
   </si>
   <si>
     <t>#95 Miquel Hayes - DT</t>
   </si>