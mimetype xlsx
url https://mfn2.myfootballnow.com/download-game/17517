--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -374,90 +374,90 @@
   <si>
     <t>#75 Kevin Clark - LG</t>
   </si>
   <si>
     <t>#73 Tom Hicks - C</t>
   </si>
   <si>
     <t>#67 Leonard Andrews - RG</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#50 Mark Sneed - LDE</t>
   </si>
   <si>
     <t>#72 Bob Bradley - SLB</t>
   </si>
   <si>
     <t>#56 Miguel Ogden - LDE</t>
   </si>
   <si>
     <t>#99 Arnulfo Jowett - SLB</t>
   </si>
   <si>
-    <t>#96 Randall Janssen - MLB</t>
+    <t>#55 Randall Janssen - MLB</t>
   </si>
   <si>
     <t>#90 Benjamin Torres - RDE</t>
   </si>
   <si>
     <t>#49 David Burks - CB</t>
   </si>
   <si>
     <t>#47 Russell Ballard - CB</t>
   </si>
   <si>
     <t>#38 Keith Holmes - CB</t>
   </si>
   <si>
     <t>#29 Michael Baskin - SS</t>
   </si>
   <si>
     <t>#39 Thomas Fuller - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>DAL 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>2-11-DAL 24 (14:20) 46-Robert Pete ran to DAL 25 for a short gain. Tackle by 73-Bob Bradley.</t>
   </si>
   <si>
     <t>#35 Sherman Tourville - CB</t>
   </si>
   <si>
-    <t>#98 Owen Stclair - WLB</t>
+    <t>#94 Owen Stclair - WLB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>3-10-DAL 25 (13:47) 11-Paul Thompson pass complete to 46-Robert Pete to ARZ 47 for 28 yards. Tackle by 94-Randall Janssen.</t>
   </si>
   <si>
     <t>#45 Michael Washington - FB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>ARZ 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-ARZ 35 (9:37) PENALTY - False Start (DAL 64-Kevin Clark)</t>
   </si>
   <si>
     <t>#3 Joshua Burr - P</t>
   </si>
   <si>
     <t>#8 Carroll Hansen - K</t>
   </si>
   <si>
     <t>#60 Brandon Burks - C</t>
   </si>
   <si>
     <t>#57 Freddie Grooms - RG</t>
   </si>
   <si>
-    <t>#69 John Spencer - RG</t>
+    <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#62 Isaias Smith - RDE</t>
   </si>
   <si>
     <t>#69 Michael Talbert - DT</t>
   </si>
   <si>
     <t>#98 John Schoen - SLB</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>ARZ 40</t>
   </si>
   <si>
     <t>4-16-ARZ 40 (9:37) 8-Carroll Hansen 58 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>