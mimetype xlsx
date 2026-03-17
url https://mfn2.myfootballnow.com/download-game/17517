--- v1 (2025-12-17)
+++ v2 (2026-03-17)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Ralph Felton kicks 74 yards from ARZ 35 to DAL -9. Touchback.</t>
   </si>
   <si>
     <t>#89 Joshua Rodgers - WR</t>
   </si>
   <si>
-    <t>#23 Harold Turner - CB</t>
+    <t>#24 Harold Turner - CB</t>
   </si>
   <si>
     <t>#54 Thomas Morales - RDE</t>
   </si>
   <si>
     <t>#58 Mark Wells - WLB</t>
   </si>
   <si>
     <t>#24 Ronald Renfrow - WLB</t>
   </si>
   <si>
     <t>#98 Ronald Johnston - RDE</t>
   </si>
   <si>
     <t>#34 Vincent Fuentes - CB</t>
   </si>
   <si>
     <t>#92 Fred Mendoza - WLB</t>
   </si>
   <si>
     <t>#56 Robert Henry - SLB</t>
   </si>
   <si>
     <t>#57 Jacob Carrell - WLB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-ARZ 35 (9:37) PENALTY - False Start (DAL 64-Kevin Clark)</t>
   </si>
   <si>
     <t>#3 Joshua Burr - P</t>
   </si>
   <si>
     <t>#8 Carroll Hansen - K</t>
   </si>
   <si>
     <t>#60 Brandon Burks - C</t>
   </si>
   <si>
     <t>#57 Freddie Grooms - RG</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#62 Isaias Smith - RDE</t>
   </si>
   <si>
-    <t>#69 Michael Talbert - DT</t>
+    <t>#71 Michael Talbert - DT</t>
   </si>
   <si>
     <t>#98 John Schoen - SLB</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>ARZ 40</t>
   </si>
   <si>
     <t>4-16-ARZ 40 (9:37) 8-Carroll Hansen 58 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-ARZ 47 (9:33) 15-Luis Kelly ran to DAL 39 for 14 yards. Tackle by 27-James Baez.</t>
   </si>