--- v0 (2025-10-17)
+++ v1 (2025-12-14)
@@ -347,72 +347,72 @@
   <si>
     <t>CHI 32</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal CB2 Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 32 (14:56) 27-Garfield Cole ran to CHI 34 for 2 yards. Tackle by 72-Michael Isenberg.</t>
   </si>
   <si>
     <t>#18 Andre Gonzalez - QB</t>
   </si>
   <si>
     <t>#23 Garfield Cole - RB</t>
   </si>
   <si>
     <t>#63 Monte Watson - RT</t>
   </si>
   <si>
     <t>#16 Robert Phillip - WR</t>
   </si>
   <si>
-    <t>#17 Michael Ballweg - WR</t>
+    <t>#11 Michael Ballweg - WR</t>
   </si>
   <si>
     <t>#16 Richard Reyna - WR</t>
   </si>
   <si>
-    <t>#55 Jack Dahlberg - LT</t>
+    <t>#50 Jack Dahlberg - LT</t>
   </si>
   <si>
     <t>#61 Jessie Arnold - LG</t>
   </si>
   <si>
     <t>#75 Stephen Taylor - C</t>
   </si>
   <si>
     <t>#74 Kenneth Davis - RG</t>
   </si>
   <si>
     <t>#69 James McClelland - RG</t>
   </si>
   <si>
-    <t>#96 Wilmer Wasson - DT</t>
+    <t>#74 Wilmer Wasson - DT</t>
   </si>
   <si>
     <t>#50 Gary Huggins - DT</t>
   </si>
   <si>
     <t>#72 Michael Isenberg - DT</t>
   </si>
   <si>
     <t>#79 Billy Kern - RDE</t>
   </si>
   <si>
     <t>#57 James Miller - SLB</t>
   </si>
   <si>
     <t>#58 Jason Washington - MLB</t>
   </si>
   <si>
     <t>#58 Kenneth Buchanan - WLB</t>
   </si>
   <si>
     <t>#32 Williams Gregor - CB</t>
   </si>
   <si>
     <t>#23 Jordan Binns - CB</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-7-MIN 10 (11:38) 27-Garfield Cole ran to MIN 12 for -2 yards. Tackle by 23-Jordan Binns.</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-MIN 12 (10:53) 6-Michael Young 30 yard field goal is GOOD. MIN 72-Michael Isenberg was injured on the play. He looks like he should be able to return. CHI 3 MIN 0</t>
   </si>
   <si>
     <t>#6 Michael Young - K</t>
   </si>
   <si>
     <t>#38 James Nevitt - FS</t>
   </si>
   <si>
-    <t>#58 Joe Harris - MLB</t>
+    <t>#99 Joe Harris - MLB</t>
   </si>
   <si>
     <t>#91 Nick White - WLB</t>
   </si>
   <si>
     <t>#91 Frank Edwards - MLB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(10:50) 6-Michael Young kicks 74 yards from CHI 35 to MIN -9. Touchback.</t>
   </si>
   <si>
     <t>#20 Ramon Blauser - RB</t>
   </si>
   <si>
     <t>#58 Andre Wooldridge - LDE</t>
   </si>
   <si>
     <t>#35 Dennis Ruiz - SS</t>
   </si>