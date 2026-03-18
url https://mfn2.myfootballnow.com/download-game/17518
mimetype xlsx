--- v1 (2025-12-14)
+++ v2 (2026-03-18)
@@ -290,51 +290,51 @@
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Shane Black kicks 62 yards from MIN 35 to CHI 3. 80-Andrew Green to CHI 32 for 29 yards. Tackle by 21-Paul Briganti.</t>
   </si>
   <si>
     <t>#87 Andrew Green - WR</t>
   </si>
   <si>
     <t>#90 Kenny Bania - SLB</t>
   </si>
   <si>
     <t>#46 Damian White - CB</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - CB</t>
+    <t>#39 Ernest Williamson - SS</t>
   </si>
   <si>
     <t>#43 Alexander Scott - LDE</t>
   </si>
   <si>
     <t>#21 John Camacho - FS</t>
   </si>
   <si>
     <t>#29 Jacob Bailey - CB</t>
   </si>
   <si>
     <t>#36 Jerome Hayden - RDE</t>
   </si>
   <si>
     <t>#29 Elmer Villalobos - CB</t>
   </si>
   <si>
     <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#44 Christopher Pounders - CB</t>
   </si>
   <si>
     <t>#3 Shane Black - K</t>
   </si>
@@ -344,51 +344,51 @@
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>CHI 32</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal CB2 Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 32 (14:56) 27-Garfield Cole ran to CHI 34 for 2 yards. Tackle by 72-Michael Isenberg.</t>
   </si>
   <si>
     <t>#18 Andre Gonzalez - QB</t>
   </si>
   <si>
     <t>#23 Garfield Cole - RB</t>
   </si>
   <si>
     <t>#63 Monte Watson - RT</t>
   </si>
   <si>
-    <t>#16 Robert Phillip - WR</t>
+    <t>#89 Robert Phillip - WR</t>
   </si>
   <si>
     <t>#11 Michael Ballweg - WR</t>
   </si>
   <si>
     <t>#16 Richard Reyna - WR</t>
   </si>
   <si>
     <t>#50 Jack Dahlberg - LT</t>
   </si>
   <si>
     <t>#61 Jessie Arnold - LG</t>
   </si>
   <si>
     <t>#75 Stephen Taylor - C</t>
   </si>
   <si>
     <t>#74 Kenneth Davis - RG</t>
   </si>
   <si>
     <t>#69 James McClelland - RG</t>
   </si>
   <si>
     <t>#74 Wilmer Wasson - DT</t>
   </si>