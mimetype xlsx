--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -509,51 +509,51 @@
   <si>
     <t>DET 46</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-2-DET 46 (11:34) 33-Thomas Leto ran to DET 42 for 3 yards. Tackle by 38-Earl Runyon. DET 66-William Drysdale was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#52 Bobby Thompson - MLB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>DET 42</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-DET 42 (10:49) 3-Donald Clark pass complete to 29-James Hardy to DET 43 for -1 yards. Tackle by 22-Adam Suniga. WAS 77-Charles Barrientos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#91 Dalton Farmer - DT</t>
+    <t>#76 Dalton Farmer - DT</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>DET 43</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-11-DET 43 (10:15) 3-Donald Clark pass complete to 33-Thomas Leto to DET 37 for 6 yards. Tackle by 36-Armando Semon.</t>
   </si>
   <si>
     <t>#58 Gregory Long - C</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>DET 37</t>
   </si>
@@ -578,81 +578,81 @@
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-15-DET 47 (9:29) 2-Isaias Ward punts 41 yards to DET 6. Fair Catch by 10-James Roby.</t>
   </si>
   <si>
     <t>#2 Isaias Ward - P</t>
   </si>
   <si>
     <t>#10 James Roby - WR</t>
   </si>
   <si>
     <t>#50 Lawrence Romano - SLB</t>
   </si>
   <si>
     <t>#62 Kirk Frantz - RG</t>
   </si>
   <si>
-    <t>#70 Joshua Hildreth - DT</t>
+    <t>#61 Joshua Hildreth - DT</t>
   </si>
   <si>
     <t>#71 Edgar Hoggan - DT</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>DET 6</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-DET 6 (9:22) 45-Larry King ran to DET 7 for 1 yards. Tackle by 59-Walter Doner. WAS 59-Walter Doner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Charles Samuel - QB</t>
   </si>
   <si>
     <t>#45 Larry King - RB</t>
   </si>
   <si>
     <t>#41 Brent Hutcherson - FB</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#12 Charles Nelson - WR</t>
   </si>
   <si>
     <t>#70 Steven Dority - LT</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#78 Donald Woodward - C</t>
   </si>
   <si>
     <t>#54 Duane Green - RT</t>
   </si>
   <si>
     <t>#53 Francisco Stacey - RT</t>
   </si>
   <si>
     <t>#95 Sean Corrigan - DT</t>
   </si>
   <si>
     <t>#92 Kendrick Davis - SLB</t>
   </si>
@@ -761,69 +761,69 @@
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-DET 9 (6:32) 29-James Hardy ran to DET 6 for 3 yards. Tackle by 55-Bobby Thompson. DET 55-Bobby Thompson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#82 Jeffrey Balmer - TE</t>
   </si>
   <si>
     <t>#71 Troy Nieves - LDE</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-6-DET 6 (5:51) 3-Donald Clark pass complete to 33-Thomas Leto to DET 0 for 6 yards. TOUCHDOWN! Nice job by 33-Thomas Leto on that route to lose his coverage. WAS 6 DET 0</t>
   </si>
   <si>
-    <t>#52 Glenn Davis - MLB</t>
+    <t>#95 Glenn Davis - MLB</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>DET 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:48) Extra point GOOD by 8-Jared Thomas. DET 99-Sean Evans was injured on the play. He looks like he should be able to return. WAS 7 DET 0</t>
   </si>
   <si>
-    <t>#3 Jared Thomas - K</t>
+    <t>#18 Jared Thomas - K</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(5:48) 8-Jared Thomas kicks 71 yards from WAS 35 to DET -6. Touchback.</t>
   </si>
   <si>
     <t>#46 Joseph Alameda - RB</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (5:48) 4-Charles Samuel pass complete to 87-Herman Dunn to DET 46 for 21 yards. Tackle by 97-Robert Lott. Pressure by 43-Billy Cooper.</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>1-10-DET 46 (5:02) 4-Charles Samuel pass complete to 41-Brent Hutcherson to DET 49 for 3 yards. Tackle by 92-Kendrick Davis.</t>
   </si>