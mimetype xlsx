--- v1 (2025-12-19)
+++ v2 (2026-03-13)
@@ -362,51 +362,51 @@
   <si>
     <t>#26 Randy Gagne - WR</t>
   </si>
   <si>
     <t>#19 August Hiner - WR</t>
   </si>
   <si>
     <t>#12 Gary Nguyen - WR</t>
   </si>
   <si>
     <t>#15 Fernando Edwards - WR</t>
   </si>
   <si>
     <t>#10 John Dellinger - WR</t>
   </si>
   <si>
     <t>#58 Gerald Cook - LT</t>
   </si>
   <si>
     <t>#76 David Gauthier - LG</t>
   </si>
   <si>
     <t>#77 Charles Barrientos - C</t>
   </si>
   <si>
-    <t>#57 Terry Parker - TE</t>
+    <t>#57 Terry Parker - C</t>
   </si>
   <si>
     <t>#51 Homer Richmond - RT</t>
   </si>
   <si>
     <t>#95 Israel Perry - LDE</t>
   </si>
   <si>
     <t>#62 David Frazier - DT</t>
   </si>
   <si>
     <t>#67 Phillip Arnold - DT</t>
   </si>
   <si>
     <t>#66 William Drysdale - LDE</t>
   </si>
   <si>
     <t>#90 Sean Evans - MLB</t>
   </si>
   <si>
     <t>#39 Herbert Pope - SLB</t>
   </si>
   <si>
     <t>#31 Richard Rodriguez - CB</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>#41 Brent Hutcherson - FB</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#12 Charles Nelson - WR</t>
   </si>
   <si>
     <t>#70 Steven Dority - LT</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#78 Donald Woodward - C</t>
   </si>
   <si>
     <t>#54 Duane Green - RT</t>
   </si>
   <si>
     <t>#53 Francisco Stacey - RT</t>
   </si>
   <si>
-    <t>#95 Sean Corrigan - DT</t>
+    <t>#73 Sean Corrigan - DT</t>
   </si>
   <si>
     <t>#92 Kendrick Davis - SLB</t>
   </si>
   <si>
     <t>#51 Scott McNamara - WLB</t>
   </si>
   <si>
     <t>#40 David Beach - CB</t>
   </si>
   <si>
     <t>8:47</t>
   </si>
   <si>
     <t>DET 7</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-9-DET 7 (8:46) 4-Charles Samuel pass Pass knocked down by 23-Duane Dinkins. incomplete, intended for 88-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#99 Luis Justis - DT</t>
   </si>
@@ -761,69 +761,69 @@
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-DET 9 (6:32) 29-James Hardy ran to DET 6 for 3 yards. Tackle by 55-Bobby Thompson. DET 55-Bobby Thompson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#82 Jeffrey Balmer - TE</t>
   </si>
   <si>
     <t>#71 Troy Nieves - LDE</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-6-DET 6 (5:51) 3-Donald Clark pass complete to 33-Thomas Leto to DET 0 for 6 yards. TOUCHDOWN! Nice job by 33-Thomas Leto on that route to lose his coverage. WAS 6 DET 0</t>
   </si>
   <si>
-    <t>#95 Glenn Davis - MLB</t>
+    <t>#96 Glenn Davis - MLB</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>DET 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:48) Extra point GOOD by 8-Jared Thomas. DET 99-Sean Evans was injured on the play. He looks like he should be able to return. WAS 7 DET 0</t>
   </si>
   <si>
-    <t>#18 Jared Thomas - K</t>
+    <t>#19 Jared Thomas - K</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(5:48) 8-Jared Thomas kicks 71 yards from WAS 35 to DET -6. Touchback.</t>
   </si>
   <si>
     <t>#46 Joseph Alameda - RB</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (5:48) 4-Charles Samuel pass complete to 87-Herman Dunn to DET 46 for 21 yards. Tackle by 97-Robert Lott. Pressure by 43-Billy Cooper.</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>1-10-DET 46 (5:02) 4-Charles Samuel pass complete to 41-Brent Hutcherson to DET 49 for 3 yards. Tackle by 92-Kendrick Davis.</t>
   </si>
@@ -2230,51 +2230,51 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>