--- v0 (2025-10-19)
+++ v1 (2026-03-02)
@@ -407,51 +407,51 @@
   <si>
     <t>#37 Michael Beck - FS</t>
   </si>
   <si>
     <t>#27 Luis Pearson - CB</t>
   </si>
   <si>
     <t>#54 Johnny Hensley - SS</t>
   </si>
   <si>
     <t>#53 Justin Perry - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-PHI 25 (14:58) 9-Noah Authement pass Pass knocked down by 37-Michael Beck. incomplete, intended for 88-Jeffrey Coleman. PENALTY - Pass Interference (NOS 20-Larry Ballard)</t>
   </si>
   <si>
-    <t>#98 Keith Williams - LDE</t>
+    <t>#52 Keith Williams - LDE</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PHI 31 (14:55) 38-Jason Hankey ran to PHI 29 for -1 yards. Tackle by 95-Douglas Norman.</t>
   </si>
   <si>
     <t>#21 Anthony Richter - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
@@ -902,51 +902,51 @@
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>NOS 33</t>
   </si>
   <si>
     <t>4-5-NOS 33 (4:15) 8-Carl McCay punts 43 yards to PHI 24. Fair Catch by 89-Duncan Meyer.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>PHI 24</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PHI 24 (4:08) 9-Noah Authement pass Pass knocked down by 48-Walter Niles. incomplete, intended for 38-Jason Hankey.</t>
   </si>
   <si>
-    <t>#73 Kevin Williams - LG</t>
+    <t>#63 Kevin Williams - LG</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>2-10-PHI 24 (4:05) 38-Jason Hankey ran to PHI 28 for 4 yards. Tackle by 56-Jason Brownell.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>3-6-PHI 28 (3:24) 9-Noah Authement sacked at PHI 18 for -10 yards (98-Keith Williams). Sack allowed by 73-Adolph Hernandez.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>PHI 18</t>
   </si>
   <si>
     <t>4-16-PHI 18 (2:46) 11-James Simmons punts 52 yards to NOS 30. 37-Michael Beck to NOS 39 for 9 yards. Tackle by 53-Stan Caddy.</t>
   </si>
   <si>
     <t>2:37</t>
   </si>