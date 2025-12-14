--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -332,51 +332,51 @@
   <si>
     <t>#98 Alan Johnson - LDE</t>
   </si>
   <si>
     <t>#73 Charles Byron - RDE</t>
   </si>
   <si>
     <t>#3 Alton Short - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 21-Anthony Steveson ran to CAR 46 for 21 yards. Tackle by 38-Jean Seifert.</t>
   </si>
   <si>
-    <t>#16 Daryl Chen - QB</t>
+    <t>#5 Daryl Chen - QB</t>
   </si>
   <si>
     <t>#21 Anthony Steveson - RB</t>
   </si>
   <si>
     <t>#28 Bruce Stover - FB</t>
   </si>
   <si>
     <t>#81 Willard Welsh - TE</t>
   </si>
   <si>
     <t>#25 John Beauregard - WR</t>
   </si>
   <si>
     <t>#16 Christopher Clarke - WR</t>
   </si>
   <si>
     <t>#77 Samuel Elmore - LT</t>
   </si>
   <si>
     <t>#72 Robert Matson - LG</t>
   </si>
   <si>
     <t>#78 John Burns - C</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#77 James Truss - LDE</t>
   </si>
   <si>
     <t>#70 Aurelio Simmons - DT</t>
   </si>
   <si>
     <t>#71 Larry Moody - DT</t>
   </si>
   <si>
     <t>#67 Chris Crane - RDE</t>
   </si>
   <si>
     <t>#98 Brian Hunter - SLB</t>
   </si>
   <si>
     <t>#44 Melvin Gonzalez - MLB</t>
   </si>
   <si>
     <t>#48 Charles Lamb - WLB</t>
   </si>
   <si>
     <t>#43 Antonio Pratt - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - CB</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>#92 Jean Seifert - DT</t>
   </si>
   <si>
     <t>#34 Steven Hoang - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>CAR 46</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>1-10-CAR 46 (14:25) 21-Anthony Steveson ran to CAR 45 for a short loss. Tackle by 47-Brian Hunter.</t>
   </si>
   <si>
     <t>#85 Brian Horton - TE</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-SEA 25 (10:28) 40-Leonard Jasper ran to SEA 27 for 2 yards. Tackle by 51-Juan Williams.</t>
   </si>
   <si>
     <t>#16 Richard Smith - QB</t>
   </si>
   <si>
     <t>#40 Leonard Jasper - RB</t>
   </si>
   <si>
     <t>#16 Paul Legere - WR</t>
   </si>
   <si>
     <t>#46 Robert Lewis - RB</t>
   </si>
   <si>
-    <t>#86 John Davis - TE</t>
+    <t>#82 John Davis - TE</t>
   </si>
   <si>
     <t>#35 Charles Hickman - FB</t>
   </si>
   <si>
     <t>#67 Ryan Seavey - LG</t>
   </si>
   <si>
     <t>#59 Jamaal Nimmo - C</t>
   </si>
   <si>
     <t>#64 Ryan Alvarez - RG</t>
   </si>
   <si>
     <t>#68 Rickey Kish - RT</t>
   </si>
   <si>
     <t>#50 Robert Millsaps - DT</t>
   </si>
   <si>
     <t>#94 John Peters - RDE</t>
   </si>
   <si>
     <t>#51 Juan Williams - LDE</t>
   </si>