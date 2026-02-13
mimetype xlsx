--- v1 (2025-12-14)
+++ v2 (2026-02-13)
@@ -389,51 +389,51 @@
   <si>
     <t>#77 James Truss - LDE</t>
   </si>
   <si>
     <t>#70 Aurelio Simmons - DT</t>
   </si>
   <si>
     <t>#71 Larry Moody - DT</t>
   </si>
   <si>
     <t>#67 Chris Crane - RDE</t>
   </si>
   <si>
     <t>#98 Brian Hunter - SLB</t>
   </si>
   <si>
     <t>#44 Melvin Gonzalez - MLB</t>
   </si>
   <si>
     <t>#48 Charles Lamb - WLB</t>
   </si>
   <si>
     <t>#43 Antonio Pratt - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - SS</t>
+    <t>#23 Jesse Macdonald - LDE</t>
   </si>
   <si>
     <t>#92 Jean Seifert - DT</t>
   </si>
   <si>
     <t>#34 Steven Hoang - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>CAR 46</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>1-10-CAR 46 (14:25) 21-Anthony Steveson ran to CAR 45 for a short loss. Tackle by 47-Brian Hunter.</t>
   </si>
   <si>
     <t>#85 Brian Horton - TE</t>
   </si>
@@ -2186,51 +2186,51 @@
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>