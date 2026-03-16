--- v2 (2026-02-13)
+++ v3 (2026-03-16)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Alton Short kicks 69 yards from SEA 35 to CAR -4. Touchback.</t>
   </si>
   <si>
     <t>#16 John Hubbard - WR</t>
   </si>
   <si>
     <t>#93 Jeffrey Gwin - WLB</t>
   </si>
   <si>
     <t>#34 Richard Goss - FS</t>
   </si>
   <si>
     <t>#53 Christopher Fajardo - SLB</t>
   </si>
   <si>
     <t>#24 Timothy Leedom - CB</t>
   </si>
   <si>
-    <t>#97 Donald Duquette - DT</t>
+    <t>#68 Donald Duquette - DT</t>
   </si>
   <si>
     <t>#57 Michael Christianson - SLB</t>
   </si>
   <si>
     <t>#55 Linwood Magee - CB</t>
   </si>
   <si>
     <t>#67 Gilbert Schutz - DT</t>
   </si>
   <si>
     <t>#98 Alan Johnson - LDE</t>
   </si>
   <si>
     <t>#73 Charles Byron - RDE</t>
   </si>
   <si>
     <t>#3 Alton Short - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#77 James Truss - LDE</t>
   </si>
   <si>
     <t>#70 Aurelio Simmons - DT</t>
   </si>
   <si>
     <t>#71 Larry Moody - DT</t>
   </si>
   <si>
     <t>#67 Chris Crane - RDE</t>
   </si>
   <si>
     <t>#98 Brian Hunter - SLB</t>
   </si>
   <si>
     <t>#44 Melvin Gonzalez - MLB</t>
   </si>
   <si>
     <t>#48 Charles Lamb - WLB</t>
   </si>
   <si>
     <t>#43 Antonio Pratt - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - LDE</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>#92 Jean Seifert - DT</t>
   </si>
   <si>
     <t>#34 Steven Hoang - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>CAR 46</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>1-10-CAR 46 (14:25) 21-Anthony Steveson ran to CAR 45 for a short loss. Tackle by 47-Brian Hunter.</t>
   </si>
   <si>
     <t>#85 Brian Horton - TE</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
   <si>
     <t>(4:16) Extra point GOOD by 3-Alton Short. SEA 7 CAR 3</t>
   </si>
   <si>
     <t>#1 Roland Jones - P</t>
   </si>
   <si>
     <t>#80 Ronald Bond - TE</t>
   </si>
   <si>
     <t>#79 Bob Blackwell - C</t>
   </si>
   <si>
     <t>#60 Bryan Norman - RG</t>
   </si>
   <si>
     <t>#67 David Moran - LT</t>
   </si>
   <si>
-    <t>#60 Richard Geary - RT</t>
+    <t>#59 Richard Geary - RT</t>
   </si>
   <si>
     <t>#76 Morris Estes - DT</t>
   </si>
   <si>
     <t>#98 William Neal - MLB</t>
   </si>
   <si>
     <t>(4:16) 3-Alton Short kicks 67 yards from SEA 35 to CAR -2. 49-John Hubbard to CAR 35 for 37 yards. Tackle by 18-Robert Muhammad. SEA 21-Herbert Rosario was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>1-10-CAR 35 (4:09) 13-Daryl Chen pass complete to 31-Bruce Stover to SEA 50 for 15 yards. Tackle by 38-Jean Seifert.</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>SEA 50</t>
   </si>
@@ -2186,51 +2186,51 @@
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>