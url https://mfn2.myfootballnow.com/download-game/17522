--- v0 (2025-10-18)
+++ v1 (2025-11-23)
@@ -353,51 +353,51 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 26 (14:55) 8-John Officer pass complete to 28-Duane Hawkins to CLE 32 for 6 yards. Tackle by 21-Joseph Motley. 28-Duane Hawkins made a great move on the CB.</t>
   </si>
   <si>
     <t>#16 John Officer - QB</t>
   </si>
   <si>
     <t>#28 Duane Hawkins - RB</t>
   </si>
   <si>
     <t>#30 Peter Davis - FB</t>
   </si>
   <si>
     <t>#81 Damian Coleman - TE</t>
   </si>
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
     <t>#17 Brian Jewell - WR</t>
   </si>
   <si>
-    <t>#77 Donald Ramirez - LT</t>
+    <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
     <t>#61 William Rauscher - LG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
     <t>#68 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#60 Dale Shinkle - LDE</t>
   </si>
   <si>
     <t>#93 Emory Stewart - DT</t>
   </si>
   <si>
     <t>#96 Dennis Schoenberg - DT</t>
   </si>
   <si>
     <t>#64 Michael Copley - RDE</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>#87 Mark Jones - TE</t>
   </si>
   <si>
     <t>#83 Randy Nieves - TE</t>
   </si>
   <si>
     <t>#78 Patrick Dabney - C</t>
   </si>
   <si>
     <t>#59 Mitchell Herrman - LG</t>
   </si>
   <si>
     <t>#67 Erik Harnois - C</t>
   </si>
   <si>
     <t>#85 Robert Barnett - RG</t>
   </si>
   <si>
     <t>#67 Brent Morrison - RT</t>
   </si>
   <si>
     <t>#98 James Wyss - DT</t>
   </si>
   <si>
-    <t>#52 Daniel Marlowe - SLB</t>
+    <t>#93 Daniel Marlowe - SLB</t>
   </si>
   <si>
     <t>#95 Richard Padilla - WLB</t>
   </si>
   <si>
     <t>#29 Robert Scaggs - CB</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>BAL 3</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-9-BAL 3 (9:31) 13-Andrew Wortman sacked at BAL -4 for -7 yards (95-Gilbert Teed). Sack allowed by 85-Robert Barnett. SAFETY! (95-Gilbert Teed) CLE 2 BAL 0</t>
   </si>
   <si>
     <t>#80 Scott Phelps - WR</t>
   </si>