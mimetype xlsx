--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -365,51 +365,51 @@
   <si>
     <t>#30 Peter Davis - FB</t>
   </si>
   <si>
     <t>#81 Damian Coleman - TE</t>
   </si>
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
     <t>#17 Brian Jewell - WR</t>
   </si>
   <si>
     <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
     <t>#61 William Rauscher - LG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
-    <t>#68 Mathew Thomas - LG</t>
+    <t>#77 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#60 Dale Shinkle - LDE</t>
   </si>
   <si>
     <t>#93 Emory Stewart - DT</t>
   </si>
   <si>
     <t>#96 Dennis Schoenberg - DT</t>
   </si>
   <si>
     <t>#64 Michael Copley - RDE</t>
   </si>
   <si>
     <t>#94 Edwin Whittingham - SLB</t>
   </si>
   <si>
     <t>#53 Pedro Randazzo - MLB</t>
   </si>
   <si>
     <t>#99 Cecil Wilson - WLB</t>
   </si>
   <si>
     <t>#4 Gordon Johnson - CB</t>
   </si>