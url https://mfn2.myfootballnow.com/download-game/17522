--- v2 (2026-01-09)
+++ v3 (2026-03-18)
@@ -371,51 +371,51 @@
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
     <t>#17 Brian Jewell - WR</t>
   </si>
   <si>
     <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
     <t>#61 William Rauscher - LG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
     <t>#77 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#60 Dale Shinkle - LDE</t>
   </si>
   <si>
-    <t>#93 Emory Stewart - DT</t>
+    <t>#92 Emory Stewart - DT</t>
   </si>
   <si>
     <t>#96 Dennis Schoenberg - DT</t>
   </si>
   <si>
     <t>#64 Michael Copley - RDE</t>
   </si>
   <si>
     <t>#94 Edwin Whittingham - SLB</t>
   </si>
   <si>
     <t>#53 Pedro Randazzo - MLB</t>
   </si>
   <si>
     <t>#99 Cecil Wilson - WLB</t>
   </si>
   <si>
     <t>#4 Gordon Johnson - CB</t>
   </si>
   <si>
     <t>#43 Jimmy Tindall - CB</t>
   </si>
   <si>
     <t>#34 James Ward - SS</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-CLE 44 (13:08) 8-John Officer pass complete to 81-Damian Coleman to BAL 46 for 10 yards. Tackle by 95-Pedro Randazzo.</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>BAL 46</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BAL 46 (12:23) 8-John Officer pass complete to 27-Donald Artis to BAL 43 for 3 yards. Tackle by 58-Randy Moody.</t>
   </si>
   <si>
     <t>#27 Donald Artis - RB</t>
   </si>
   <si>
-    <t>#91 Randy Moody - LDE</t>
+    <t>#71 Randy Moody - LDE</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>BAL 43</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-BAL 43 (11:43) 28-Duane Hawkins ran to BAL 42 for 1 yards. Tackle by 72-Emory Stewart.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>BAL 42</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>