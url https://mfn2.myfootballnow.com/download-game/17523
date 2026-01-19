--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PIT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Sean Jackson kicks 72 yards from CIN 35 to PIT -7. 17-Charles Gonzalez to PIT 31 for 39 yards. Tackle by 4-Sean Jackson. CIN 2-John Lind was injured on the play. He looks like he should be able to return. PIT 21-Nathaniel Russo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#17 Charles Gonzalez - RB</t>
   </si>
   <si>
-    <t>#44 Michael Gant - FS</t>
+    <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#20 Allen Roberts - CB</t>
   </si>
   <si>
     <t>#44 Gregory Munoz - SS</t>
   </si>
   <si>
     <t>#29 Nathaniel Russo - FS</t>
   </si>
   <si>
     <t>#24 Larry Thomas - CB</t>
   </si>
   <si>
     <t>#79 Dennis King - RDE</t>
   </si>
   <si>
     <t>#59 Joshua Canfield - DT</t>
   </si>
   <si>
     <t>#59 Mike Groff - SLB</t>
   </si>
   <si>
     <t>#71 Joe Halcomb - DT</t>
   </si>
@@ -1337,51 +1337,51 @@
   <si>
     <t>PIT 3</t>
   </si>
   <si>
     <t>2-3-PIT 3 (10:05) 35-Hal Sinclair ran to PIT 3 for -1 yards. Tackle by 45-Ryan Stalcup.</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-3-PIT 3 (9:24) 7-Timothy Cook pass Pass knocked down by 39-Martin Hammond. incomplete, intended for 80-Luciano Schroeter.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>4-3-PIT 3 (9:22) 4-Sean Jackson 21 yard field goal is GOOD. CIN 3 PIT 0</t>
   </si>
   <si>
-    <t>#10 Gary Thomas - QB</t>
+    <t>#13 Gary Thomas - QB</t>
   </si>
   <si>
     <t>#78 Gene Lee - RDE</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>(9:20) 4-Sean Jackson kicks 75 yards from CIN 35 to PIT -10. Touchback.</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-PIT 25 (9:20) 31-Kenneth Griffith ran to PIT 24 for -1 yards. Tackle by 96-Jerrod Shoemake.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
@@ -1613,51 +1613,51 @@
   <si>
     <t>1-10-CIN 33 (10:45) 7-Timothy Cook pass complete to 12-Larry Chang to CIN 38 for 4 yards. Tackle by 21-Nathaniel Russo.</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>2-6-CIN 38 (10:10) 7-Timothy Cook pass complete to 35-Hal Sinclair to CIN 45 for 8 yards. Tackle by 37-Gregory Munoz.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-CIN 45 (9:22) 32-Christopher Kirkham ran to PIT 44 for 11 yards. Tackle by 24-Larry Thomas. PIT 76-Dennis King was injured on the play.</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PIT 44 (8:48) 7-Timothy Cook pass complete to 82-Jason Biondi to PIT 33 for 11 yards. Tackle by 24-Larry Thomas.</t>
   </si>
   <si>
-    <t>#92 Justin McCoy - DT</t>
+    <t>#62 Justin McCoy - DT</t>
   </si>
   <si>
     <t>1-10-PIT 33 (8:06) 35-Hal Sinclair ran to PIT 34 for -1 yards. Tackle by 45-Ryan Stalcup. PENALTY - Offsides (PIT 74-Joshua Canfield)</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>1-5-PIT 28 (8:04) 35-Hal Sinclair ran to PIT 26 for 2 yards. Tackle by 37-Gregory Munoz.</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>2-3-PIT 26 (7:23) 32-Christopher Kirkham ran to PIT 26 for a short gain. Tackle by 49-Anthony Hasson.</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>