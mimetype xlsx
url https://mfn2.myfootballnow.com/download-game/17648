--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -353,51 +353,51 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ATL 23 (14:55) 85-Fredrick Doering ran to ATL 26 for 3 yards. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
     <t>#11 Gerald Person - QB</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#18 Francisco Chapman - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
-    <t>#59 Robert Hardy - LT</t>
+    <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#63 William Heiss - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
@@ -440,81 +440,81 @@
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#23 John Germaine - LDE</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>ATL 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ATL 28 (14:07) 17-James Long ran to ATL 28 for a short loss. Tackle by 99-Jim Griffing.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
+    <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#12 Guadalupe Peterson - C</t>
   </si>
   <si>
     <t>#53 James Bargas - C</t>
   </si>
   <si>
     <t>#85 Joe Johnson - WR</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#65 Bradley Villalba - C</t>
   </si>
   <si>
     <t>#53 Glenn Ramage - LG</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#67 Rigoberto Patel - C</t>
   </si>
   <si>
-    <t>#51 Richard Little - RDE</t>
+    <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>#77 Adalberto Kail - DT</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>#22 Matthew Sell - CB</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>2-10-HOU 50 (8:38) 17-James Long ran to ATL 46 for 4 yards. Tackle by 98-Gabriel Tew.</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>ATL 46</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-6-ATL 46 (7:57) 23-John Germaine ran to ATL 47 for a short loss. Tackle by 99-Jim Griffing.</t>
   </si>
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>ATL 47</t>
   </si>
   <si>
     <t>4-6-ATL 47 (7:20) 7-Armand Blackshire punts 42 yards to ATL 4.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>ATL 4</t>
   </si>
   <si>
     <t>1-10-ATL 4 (7:11) 21-Francisco Chapman ran to ATL 9 for 5 yards. Tackle by 37-Justin Morris.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>ATL 9</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-5-ATL 9 (6:39) 15-Ernest Villanueva ran to ATL 22 for 13 yards. Tackle by 49-Kenneth Bunting.</t>
   </si>
@@ -2133,51 +2133,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="336.061" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>