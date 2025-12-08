--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -335,96 +335,96 @@
   <si>
     <t>#35 Thomas Goolsby - CB</t>
   </si>
   <si>
     <t>#8 Paul Nichols - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ATL 23 (14:55) 85-Fredrick Doering ran to ATL 26 for 3 yards. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
-    <t>#11 Gerald Person - QB</t>
+    <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#18 Francisco Chapman - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#63 William Heiss - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#93 William Kozak - LDE</t>
   </si>
   <si>
     <t>#73 William Dickson - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>