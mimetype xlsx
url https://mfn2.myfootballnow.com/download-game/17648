--- v2 (2025-12-08)
+++ v3 (2026-02-16)
@@ -380,63 +380,63 @@
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#63 William Heiss - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#93 William Kozak - LDE</t>
   </si>
   <si>
     <t>#73 William Dickson - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>2-7-ATL 26 (14:10) 2-Gerald Person pass INTERCEPTED by 90-William Dickson at ATL 30. 90-William Dickson to ATL 28 for 3 yards. Tackle by 85-Fredrick Doering. ATL 65-Daniel Phillips was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#67 Rigoberto Patel - C</t>
   </si>
   <si>
     <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>#77 Adalberto Kail - DT</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - CB</t>
+    <t>#22 Matthew Sell - LDE</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal LB Blitz</t>
   </si>
   <si>
     <t>2-10-ATL 28 (13:26) 20-John Royer ran to ATL 26 for 2 yards. Tackle by 90-Hector Hansford.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#83 Brian Embry - C</t>
   </si>
   <si>
     <t>#58 Jorge Savage - C</t>
   </si>
@@ -2146,84 +2146,84 @@
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">