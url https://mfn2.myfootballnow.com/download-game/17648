--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -392,51 +392,51 @@
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#93 William Kozak - LDE</t>
   </si>
   <si>
     <t>#73 William Dickson - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>2-7-ATL 26 (14:10) 2-Gerald Person pass INTERCEPTED by 90-William Dickson at ATL 30. 90-William Dickson to ATL 28 for 3 yards. Tackle by 85-Fredrick Doering. ATL 65-Daniel Phillips was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#67 Rigoberto Patel - C</t>
   </si>
   <si>
     <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>#77 Adalberto Kail - DT</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - LDE</t>
+    <t>#22 Matthew Sell - CB</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal LB Blitz</t>
   </si>
   <si>
     <t>2-10-ATL 28 (13:26) 20-John Royer ran to ATL 26 for 2 yards. Tackle by 90-Hector Hansford.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#83 Brian Embry - C</t>
   </si>
   <si>
     <t>#58 Jorge Savage - C</t>
   </si>
@@ -2146,84 +2146,84 @@
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">