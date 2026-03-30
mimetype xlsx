--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -365,51 +365,51 @@
   <si>
     <t>#18 Francisco Chapman - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#63 William Heiss - RG</t>
   </si>
   <si>
-    <t>#65 Daniel Phillips - RT</t>
+    <t>#58 Daniel Phillips - C</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#26 Micheal Tran - LDE</t>
   </si>
   <si>
     <t>#95 Bobby Moore - LDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#93 William Kozak - LDE</t>
   </si>
   <si>
     <t>#73 William Dickson - RDE</t>
   </si>
   <si>
     <t>#21 Luther Leblanc - LDE</t>
   </si>
@@ -2152,51 +2152,51 @@
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>