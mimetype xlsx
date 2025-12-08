--- v0 (2025-10-27)
+++ v1 (2025-12-08)
@@ -338,51 +338,51 @@
   <si>
     <t>#17 Daniel Olson - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 17-James Long ran to HOU 29 for 4 yards. Tackle by 56-James Humphreys.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#36 Jose Guerrero - RDE</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
+    <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#74 Christopher Hayes - LDE</t>
   </si>
   <si>
     <t>#99 Willie Smith - DT</t>
   </si>
   <si>
     <t>#94 Samuel Johnson - DT</t>
   </si>
   <si>
     <t>#59 John Nunnery - MLB</t>
   </si>
   <si>
     <t>#94 Danny Parks - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
     <t>#33 Antonio Lockett - CB</t>
   </si>
   <si>
     <t>#23 Warren Jarmon - CB</t>
   </si>
@@ -422,63 +422,63 @@
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-6-HOU 29 (13:54) 20-John Royer ran to HOU 33 for 4 yards. Tackle by 90-Ronald Merrell.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-HOU 33 (13:09) 7-Armand Blackshire punts 49 yards to TBY 18. Fair Catch by 80-Gilbert Cashman.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#81 Daniel Dooley - TE</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#31 Richard Rodriguez - CB</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#72 Gregory Tyler - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#92 Lawrence Dow - SLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
@@ -572,111 +572,111 @@
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-TBY 35 (11:41) 14-Vance Witt ran to TBY 33 for -2 yards. Tackle by 38-James Holmes. HOU 94-Paul Lampkin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#80 John Baxter - WR</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>TBY 33</t>
   </si>
   <si>
     <t>3-7-TBY 33 (10:57) 10-Myron Davis pass incomplete, dropped by 11-David McDowell.</t>
   </si>
   <si>
-    <t>#25 Thomas Beasley - RB</t>
+    <t>#40 Thomas Beasley - RB</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>4-7-TBY 33 (10:53) 9-Ron Johnson punts 54 yards to HOU 13. Fair Catch by 15-John Hubbard.</t>
   </si>
   <si>
-    <t>#9 Ron Johnson - P</t>
+    <t>#11 Ron Johnson - P</t>
   </si>
   <si>
     <t>#77 Paul Horner - LT</t>
   </si>
   <si>
     <t>#46 Carl Shapiro - RB</t>
   </si>
   <si>
     <t>#56 Steven Harpe - SLB</t>
   </si>
   <si>
     <t>#69 Gustavo Cooper - RT</t>
   </si>
   <si>
     <t>#60 Melvin Green - RT</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>HOU 13</t>
   </si>
   <si>
     <t>1-10-HOU 13 (10:46) 20-John Royer ran to HOU 19 for 6 yards. Tackle by 34-Jose Garner.</t>
   </si>
   <si>
     <t>#77 Derek Jackson - C</t>
   </si>
   <si>
     <t>#28 Jose Garner - CB</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-4-HOU 19 (10:07) 3-Ronald Hebert pass complete to 6-Clement Phillips to HOU 27 for 8 yards. Tackle by 20-Joseph Pendley.</t>
   </si>
   <si>
     <t>#88 Ernest Carpenter - C</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#6 Clement Phillips - LG</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>1-10-HOU 27 (9:24) 17-James Long ran to HOU 33 for 5 yards. Tackle by 56-James Humphreys.</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>2-5-HOU 33 (8:50) 17-James Long ran to HOU 32 for -1 yards. Tackle by 94-Danny Parks.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>HOU 32</t>
   </si>
@@ -2433,51 +2433,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="437.607" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>