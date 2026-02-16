--- v1 (2025-12-08)
+++ v2 (2026-02-16)
@@ -371,51 +371,51 @@
   <si>
     <t>#94 Samuel Johnson - DT</t>
   </si>
   <si>
     <t>#59 John Nunnery - MLB</t>
   </si>
   <si>
     <t>#94 Danny Parks - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
     <t>#33 Antonio Lockett - CB</t>
   </si>
   <si>
     <t>#23 Warren Jarmon - CB</t>
   </si>
   <si>
     <t>#90 Ronald Merrell - CB</t>
   </si>
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-6-HOU 29 (14:28) 17-James Long ran to HOU 29 for 1 yards. Tackle by 49-James Grant.</t>
   </si>
   <si>
     <t>#44 James Grant - CB</t>
   </si>
   <si>
     <t>13:55</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -428,66 +428,66 @@
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-HOU 33 (13:09) 7-Armand Blackshire punts 49 yards to TBY 18. Fair Catch by 80-Gilbert Cashman.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#81 Daniel Dooley - TE</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#31 Richard Rodriguez - CB</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#72 Gregory Tyler - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#92 Lawrence Dow - SLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-TBY 18 (13:03) 10-Myron Davis pass complete to 11-David McDowell to TBY 30 for 13 yards. Tackle by 37-Justin Morris. Great move by 11-David McDowell to get free of his coverage.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#79 Gregory Densmore - LG</t>
   </si>
   <si>
     <t>#69 Lawrence Eisenhower - C</t>
   </si>
   <si>
     <t>#70 Luis Allen - RG</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#99 Taylor Thompson - RDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - SS</t>
+    <t>#51 George Dilbeck - LDE</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
@@ -2443,87 +2443,87 @@
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">