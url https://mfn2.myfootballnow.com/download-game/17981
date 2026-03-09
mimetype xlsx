--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -371,51 +371,51 @@
   <si>
     <t>#94 Samuel Johnson - DT</t>
   </si>
   <si>
     <t>#59 John Nunnery - MLB</t>
   </si>
   <si>
     <t>#94 Danny Parks - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
     <t>#33 Antonio Lockett - CB</t>
   </si>
   <si>
     <t>#23 Warren Jarmon - CB</t>
   </si>
   <si>
     <t>#90 Ronald Merrell - CB</t>
   </si>
   <si>
     <t>#48 Clair White - CB</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-6-HOU 29 (14:28) 17-James Long ran to HOU 29 for 1 yards. Tackle by 49-James Grant.</t>
   </si>
   <si>
     <t>#44 James Grant - CB</t>
   </si>
   <si>
     <t>13:55</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -428,66 +428,66 @@
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-HOU 33 (13:09) 7-Armand Blackshire punts 49 yards to TBY 18. Fair Catch by 80-Gilbert Cashman.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#81 Daniel Dooley - TE</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#31 Richard Rodriguez - CB</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#72 Gregory Tyler - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#92 Lawrence Dow - SLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-TBY 18 (13:03) 10-Myron Davis pass complete to 11-David McDowell to TBY 30 for 13 yards. Tackle by 37-Justin Morris. Great move by 11-David McDowell to get free of his coverage.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
   <si>
     <t>#14 Vance Witt - WR</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#79 Gregory Densmore - LG</t>
   </si>
   <si>
     <t>#69 Lawrence Eisenhower - C</t>
   </si>
   <si>
     <t>#70 Luis Allen - RG</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#99 Taylor Thompson - RDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - LDE</t>
+    <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#43 Kenneth Bunting - DT</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>1-10-TBY 38 (5:59) 14-Vance Witt ran to TBY 36 for -2 yards. Tackle by 38-James Holmes.</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>TBY 36</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>2-12-TBY 36 (5:18) 14-Vance Witt ran to TBY 49 for 13 yards. Tackle by 31-Martin Dickson.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>TBY 49</t>
   </si>
   <si>
     <t>1-10-TBY 49 (4:36) 16-Thomas Beasley ran to HOU 40 for 11 yards. Tackle by 23-John Germaine.</t>
   </si>
   <si>
-    <t>#42 David Snyder - LDE</t>
+    <t>#53 David Snyder - LDE</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>HOU 40</t>
   </si>
   <si>
     <t>1-10-HOU 40 (3:58) 86-Anthony Street ran to HOU 34 for 6 yards. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-4-HOU 34 (3:19) PENALTY - False Start (TBY 79-Gregory Densmore)</t>
   </si>
   <si>
     <t>3:18</t>
   </si>
@@ -2443,87 +2443,87 @@
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">