--- v0 (2025-10-19)
+++ v1 (2025-12-21)
@@ -290,51 +290,51 @@
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Brandon Inman kicks 75 yards from MIA 35 to NYA -10. Touchback.</t>
   </si>
   <si>
     <t>#15 Duncan Meyer - WR</t>
   </si>
   <si>
     <t>#45 Chris Pulver - CB</t>
   </si>
   <si>
     <t>#96 Rudy Mitchell - MLB</t>
   </si>
   <si>
-    <t>#58 Donald Nevin - WLB</t>
+    <t>#95 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>#60 Brian Reamer - DT</t>
   </si>
   <si>
     <t>#93 Michael Elkins - RDE</t>
   </si>
   <si>
     <t>#24 Justin Colyer - SS</t>
   </si>
   <si>
     <t>#34 Matthew Riley - CB</t>
   </si>
   <si>
     <t>#97 Barry Minyard - MLB</t>
   </si>
   <si>
     <t>#54 Hector Vestal - WLB</t>
   </si>
   <si>
     <t>#79 Walter Smith - DT</t>
   </si>
   <si>
     <t>#1 Brandon Inman - K</t>
   </si>
@@ -344,87 +344,87 @@
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 19-Timothy Seefeldt pass complete to 15-Duncan Meyer to NYA 28 for 3 yards. Tackle by 21-Ivan Hanna.</t>
   </si>
   <si>
     <t>#19 Timothy Seefeldt - QB</t>
   </si>
   <si>
     <t>#26 Robert Williams - RB</t>
   </si>
   <si>
     <t>#23 Sonny Williams - FB</t>
   </si>
   <si>
     <t>#83 Milton Read - TE</t>
   </si>
   <si>
-    <t>#89 Michael Williams - WR</t>
+    <t>#88 Michael Williams - WR</t>
   </si>
   <si>
     <t>#57 David Taylor - LT</t>
   </si>
   <si>
     <t>#63 Daniel Kennedy - LG</t>
   </si>
   <si>
     <t>#75 Gary Conway - C</t>
   </si>
   <si>
     <t>#67 Tom Stetler - RG</t>
   </si>
   <si>
     <t>#79 Jonathan Davis - RT</t>
   </si>
   <si>
     <t>#93 Earl Solomon - LDE</t>
   </si>
   <si>
     <t>#61 Rocky Jefferson - DT</t>
   </si>
   <si>
     <t>#64 Tony Dempsey - DT</t>
   </si>
   <si>
     <t>#93 Robert Michell - RDE</t>
   </si>
   <si>
     <t>#97 James Brown - SLB</t>
   </si>
   <si>
     <t>#98 Michael Shuman - MLB</t>
   </si>
   <si>
-    <t>#44 Michael Gant - FS</t>
+    <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#46 Ivan Hanna - CB</t>
   </si>
   <si>
     <t>#23 Matthew Stark - CB</t>
   </si>
   <si>
     <t>#31 Thomas Fernandez - SS</t>
   </si>
   <si>
     <t>#42 George Bernstein - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>NYA 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 12 (11:41) 19-Timothy Seefeldt pass complete to 81-Dan Walker to NYA 15 for 3 yards. Tackle by 42-George Bernstein.</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>NYA 15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-7-NYA 15 (10:58) 26-Robert Williams ran to NYA 14 for -1 yards. Tackle by 98-Michael Shuman.</t>
   </si>
   <si>
     <t>#8 Robert Meece - RB</t>
   </si>
   <si>
-    <t>#88 Don Thompson - TE</t>
+    <t>#80 Don Thompson - TE</t>
   </si>
   <si>
     <t>#90 Andrew Litteral - LDE</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>NYA 14</t>
   </si>
   <si>
     <t>Singleback Big HB Pitch Weak</t>
   </si>
   <si>
     <t>3-8-NYA 14 (10:21) 26-Robert Williams ran to NYA 17 for 3 yards. Tackle by 97-James Brown.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>NYA 17</t>
   </si>
   <si>
     <t>4-5-NYA 17 (9:43) 5-Javier Mercer punts 48 yards to MIA 35. 18-Henry Dingman to MIA 45 for 11 yards. Tackle by 72-Danny Jones.</t>
   </si>
@@ -1301,51 +1301,51 @@
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>MIA 18</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-11-MIA 18 (6:27) 19-Timothy Seefeldt pass complete to 8-Robert Meece to MIA 17 for a short gain. Tackle by 31-Thomas Fernandez.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>3-10-MIA 17 (5:49) 19-Timothy Seefeldt pass complete to 8-Robert Meece to MIA 17 for 1 yards. Tackle by 98-Michael Shuman.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>4-10-MIA 17 (5:09) 6-Garrett Marshall 34 yard field goal is GOOD. NYA 3 MIA 20</t>
   </si>
   <si>
-    <t>#92 Erik Ramirez - MLB</t>
+    <t>#51 Erik Ramirez - MLB</t>
   </si>
   <si>
     <t>#94 Jesse Boggess - DT</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>(5:06) 6-Garrett Marshall kicks 74 yards from NYA 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIA 25 (5:06) 46-James Fox ran to MIA 28 for 3 yards. Tackle by 29-Eric Stoll.</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>
   <si>
     <t>2-7-MIA 28 (4:21) 24-Kevin Stern ran to MIA 23 for -5 yards. Tackle by 45-Chris Pulver.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>MIA 23</t>
   </si>