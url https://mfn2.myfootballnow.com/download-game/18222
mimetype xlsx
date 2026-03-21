--- v1 (2025-12-21)
+++ v2 (2026-03-21)
@@ -311,51 +311,51 @@
   <si>
     <t>#96 Rudy Mitchell - MLB</t>
   </si>
   <si>
     <t>#95 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>#60 Brian Reamer - DT</t>
   </si>
   <si>
     <t>#93 Michael Elkins - RDE</t>
   </si>
   <si>
     <t>#24 Justin Colyer - SS</t>
   </si>
   <si>
     <t>#34 Matthew Riley - CB</t>
   </si>
   <si>
     <t>#97 Barry Minyard - MLB</t>
   </si>
   <si>
     <t>#54 Hector Vestal - WLB</t>
   </si>
   <si>
-    <t>#79 Walter Smith - DT</t>
+    <t>#60 Walter Smith - DT</t>
   </si>
   <si>
     <t>#1 Brandon Inman - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 19-Timothy Seefeldt pass complete to 15-Duncan Meyer to NYA 28 for 3 yards. Tackle by 21-Ivan Hanna.</t>
   </si>
   <si>
     <t>#19 Timothy Seefeldt - QB</t>
   </si>
   <si>
     <t>#26 Robert Williams - RB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#63 Daniel Kennedy - LG</t>
   </si>
   <si>
     <t>#75 Gary Conway - C</t>
   </si>
   <si>
     <t>#67 Tom Stetler - RG</t>
   </si>
   <si>
     <t>#79 Jonathan Davis - RT</t>
   </si>
   <si>
     <t>#93 Earl Solomon - LDE</t>
   </si>
   <si>
     <t>#61 Rocky Jefferson - DT</t>
   </si>
   <si>
     <t>#64 Tony Dempsey - DT</t>
   </si>
   <si>
     <t>#93 Robert Michell - RDE</t>
   </si>
   <si>
-    <t>#97 James Brown - SLB</t>
+    <t>#54 James Brown - SLB</t>
   </si>
   <si>
     <t>#98 Michael Shuman - MLB</t>
   </si>
   <si>
     <t>#44 Michael Gant - SS</t>
   </si>
   <si>
     <t>#46 Ivan Hanna - CB</t>
   </si>
   <si>
     <t>#23 Matthew Stark - CB</t>
   </si>
   <si>
     <t>#31 Thomas Fernandez - SS</t>
   </si>
   <si>
     <t>#42 George Bernstein - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>NYA 28</t>
   </si>
@@ -470,51 +470,51 @@
   <si>
     <t>1-10-NYA 46 (13:41) 24-Kevin Stern ran to NYA 44 for 2 yards. Tackle by 45-Chris Pulver.</t>
   </si>
   <si>
     <t>#10 Donald Jones - QB</t>
   </si>
   <si>
     <t>#24 Kevin Stern - RB</t>
   </si>
   <si>
     <t>#82 Alfred Williams - FB</t>
   </si>
   <si>
     <t>#13 Brian Gay - TE</t>
   </si>
   <si>
     <t>#83 Michael Pogue - WR</t>
   </si>
   <si>
     <t>#87 Dominick Marshall - WR</t>
   </si>
   <si>
     <t>#73 Johnnie Hampton - LT</t>
   </si>
   <si>
-    <t>#77 Carter Hanson - LG</t>
+    <t>#67 Carter Hanson - LG</t>
   </si>
   <si>
     <t>#55 Miguel Hess - LG</t>
   </si>
   <si>
     <t>#66 Richard Salazar - RG</t>
   </si>
   <si>
     <t>#66 Chester Collins - RT</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
     <t>#58 Eric Stoll - LDE</t>
   </si>
   <si>
     <t>#21 Marlin Foster - SS</t>
   </si>
   <si>
     <t>#28 Charles Hymel - SS</t>
   </si>
   <si>
     <t>13:09</t>
   </si>
@@ -1301,51 +1301,51 @@
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>MIA 18</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-11-MIA 18 (6:27) 19-Timothy Seefeldt pass complete to 8-Robert Meece to MIA 17 for a short gain. Tackle by 31-Thomas Fernandez.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>3-10-MIA 17 (5:49) 19-Timothy Seefeldt pass complete to 8-Robert Meece to MIA 17 for 1 yards. Tackle by 98-Michael Shuman.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>4-10-MIA 17 (5:09) 6-Garrett Marshall 34 yard field goal is GOOD. NYA 3 MIA 20</t>
   </si>
   <si>
-    <t>#51 Erik Ramirez - MLB</t>
+    <t>#52 Erik Ramirez - MLB</t>
   </si>
   <si>
     <t>#94 Jesse Boggess - DT</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>(5:06) 6-Garrett Marshall kicks 74 yards from NYA 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIA 25 (5:06) 46-James Fox ran to MIA 28 for 3 yards. Tackle by 29-Eric Stoll.</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>
   <si>
     <t>2-7-MIA 28 (4:21) 24-Kevin Stern ran to MIA 23 for -5 yards. Tackle by 45-Chris Pulver.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>MIA 23</t>
   </si>
@@ -1436,51 +1436,51 @@
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>2-10-MIA 17 (13:41) 26-Robert Williams ran to MIA 8 for 10 yards. Tackle by 42-George Bernstein. MIA 21-Ivan Hanna was injured on the play. PENALTY - Offsides (MIA 61-Rocky Jefferson)</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>MIA 12</t>
   </si>
   <si>
     <t>2-5-MIA 12 (13:38) 19-Timothy Seefeldt pass complete to 8-Robert Meece to MIA 3 for 10 yards. Tackle by 42-George Bernstein. MIA 61-Rocky Jefferson was injured on the play.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>MIA 3</t>
   </si>
   <si>
     <t>1-3-MIA 3 (12:51) 19-Timothy Seefeldt pass Pass knocked down by 27-Hugh Peterson. incomplete, intended for 16-Michael Williams.</t>
   </si>
   <si>
-    <t>#36 Josh Hile - SS</t>
+    <t>#29 Josh Hile - CB</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>2-3-MIA 3 (12:47) 19-Timothy Seefeldt pass Pass knocked down by 26-Josh Hile. incomplete, intended for 89-Robert Baker.</t>
   </si>
   <si>
     <t>#89 Robert Baker - WR</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>3-3-MIA 3 (12:45) 19-Timothy Seefeldt pass complete to 15-Duncan Meyer to MIA 1 for 2 yards. Tackle by 23-Matthew Stark.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>MIA 1</t>
   </si>
   <si>
     <t>4-1-MIA 1 (12:04) 6-Garrett Marshall 18 yard field goal is GOOD. NYA 6 MIA 20</t>
   </si>