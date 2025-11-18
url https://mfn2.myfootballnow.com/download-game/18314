--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -305,99 +305,99 @@
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#68 Michael Pierce - C</t>
   </si>
   <si>
     <t>#12 Guadalupe Peterson - C</t>
   </si>
   <si>
     <t>#56 Thomas Mackey - RG</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#70 Jeremy Gerard - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
-    <t>#3 Troy Briggs - WR</t>
+    <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#4 Andrew Calhoun - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 80-Gilbert Cashman ran to HOU 27 for 2 yards. Tackle by 96-Jacob Daniels.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#6 Clement Phillips - LG</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
-[...2 lines deleted...]
-    <t>#51 Richard Little - RDE</t>
+    <t>#17 James Long - C</t>
+  </si>
+  <si>
+    <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>#62 David Frazier - DT</t>
   </si>
   <si>
     <t>#96 Mathew Meekins - DT</t>
   </si>
   <si>
     <t>#99 Christopher Jones - LDE</t>
   </si>
   <si>
-    <t>#37 Robert Kells - CB</t>
+    <t>#37 Robert Kells - FS</t>
   </si>
   <si>
     <t>#99 Jim Griffing - WLB</t>
   </si>
   <si>
     <t>#92 Cyrus Johnson - WLB</t>
   </si>
   <si>
     <t>#23 Gene Austin - CB</t>
   </si>
   <si>
     <t>#25 Edward Coffman - CB</t>
   </si>
   <si>
     <t>#48 James Franklin - CB</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-5-HOU 30 (13:39) 80-Gilbert Cashman ran to HOU 29 for -1 yards. Tackle by 55-Cyrus Johnson.</t>
   </si>
   <si>
     <t>#77 Francis Hale - RDE</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-HOU 29 (13:06) 7-Armand Blackshire punts 47 yards to ATL 24. 15-Ernest Villanueva to ATL 27 for 3 yards. 15-Ernest Villanueva FUMBLES (51-George Dilbeck) recovered by ATL-58-Christopher Astudillo at ATL 25. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#64 Carlos Lazzaro - C</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#22 Thomas Berk - CB</t>
   </si>
   <si>
     <t>#41 Minh Garduno - CB</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - SS</t>
   </si>
   <si>
     <t>#46 Carl Shapiro - RB</t>
   </si>
   <si>
     <t>#72 Gregory Tyler - C</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-ATL 25 (12:57) 85-Fredrick Doering ran to ATL 34 for 9 yards. Tackle by 38-James Holmes.</t>
   </si>
   <si>
     <t>#11 Gerald Person - QB</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#88 Geoffrey Crane - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
-    <t>#59 Robert Hardy - LT</t>
+    <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
@@ -2271,51 +2271,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="372.623" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>