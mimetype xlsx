--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -452,81 +452,81 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-HOU 29 (13:06) 7-Armand Blackshire punts 47 yards to ATL 24. 15-Ernest Villanueva to ATL 27 for 3 yards. 15-Ernest Villanueva FUMBLES (51-George Dilbeck) recovered by ATL-58-Christopher Astudillo at ATL 25. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#64 Carlos Lazzaro - C</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#22 Thomas Berk - CB</t>
   </si>
   <si>
     <t>#41 Minh Garduno - CB</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#46 Carl Shapiro - RB</t>
   </si>
   <si>
     <t>#72 Gregory Tyler - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#94 Ronald Torres - LDE</t>
+    <t>#77 Ronald Torres - LDE</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-ATL 25 (12:57) 85-Fredrick Doering ran to ATL 34 for 9 yards. Tackle by 38-James Holmes.</t>
   </si>
   <si>
-    <t>#11 Gerald Person - QB</t>
+    <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#88 Geoffrey Crane - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>#53 Paul Pilgrim - WLB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>3-1-ATL 34 (12:18) 38-Charles Lozoya ran to ATL 35 for 1 yards. Tackle by 23-John Germaine. HOU 32-Lloyd Cohen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>4-1-ATL 35 (11:38) 8-Leonard Nguyen punts 56 yards to HOU 9.</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#63 Adam Lumpkin - CB</t>
   </si>
   <si>
     <t>#36 Jose Guerrero - RDE</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#79 Todd Routt - RT</t>
   </si>
   <si>
     <t>#63 Gus Johnson - RT</t>
   </si>
   <si>
     <t>#63 William Heiss - RG</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>HOU 9</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-10-ATL 14 (3:27) 38-Charles Lozoya ran to ATL 25 for 11 yards. Tackle by 27-Joseph Pendley.</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-ATL 25 (2:54) 15-Ernest Villanueva ran to ATL 38 for 13 yards. Tackle by 44-Ronald Torres.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>ATL 38</t>
   </si>
   <si>
     <t>1-10-ATL 38 (2:12) 2-Gerald Person pass Pass knocked down by 37-Justin Morris. incomplete, intended for 39-Wendell Irwin. ATL 74-Donnie Romero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#82 Arthur Hartsock - TE</t>
+    <t>#81 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>#39 Wendell Irwin - WR</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>2-10-ATL 38 (2:08) 15-Ernest Villanueva ran to ATL 40 for 2 yards. Tackle by 90-Benjamin Torres.</t>
   </si>
   <si>
     <t>#58 Gary Wilson - C</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-8-ATL 40 (1:29) 2-Gerald Person pass complete to 39-Wendell Irwin to HOU 42 for 18 yards. Tackle by 44-Ronald Torres. Great move by 39-Wendell Irwin to get free of his coverage. 36-Jose Guerrero got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:50</t>
   </si>