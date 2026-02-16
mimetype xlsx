--- v2 (2025-12-08)
+++ v3 (2026-02-16)
@@ -296,66 +296,66 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Andrew Calhoun kicks 75 yards from ATL 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#68 Michael Pierce - C</t>
   </si>
   <si>
     <t>#12 Guadalupe Peterson - C</t>
   </si>
   <si>
     <t>#56 Thomas Mackey - RG</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#70 Jeremy Gerard - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#4 Andrew Calhoun - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 80-Gilbert Cashman ran to HOU 27 for 2 yards. Tackle by 96-Jacob Daniels.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#6 Clement Phillips - LG</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-8-HOU 27 (14:21) 80-Gilbert Cashman ran to HOU 30 for 2 yards. Tackle by 51-Richard Little.</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
     <t>#51 Edward Long - WLB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - CB</t>
+    <t>#22 Matthew Sell - LDE</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>#42 Howard Franklin - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-5-HOU 30 (13:39) 80-Gilbert Cashman ran to HOU 29 for -1 yards. Tackle by 55-Cyrus Johnson.</t>
   </si>
   <si>
     <t>#77 Francis Hale - RDE</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-HOU 29 (13:06) 7-Armand Blackshire punts 47 yards to ATL 24. 15-Ernest Villanueva to ATL 27 for 3 yards. 15-Ernest Villanueva FUMBLES (51-George Dilbeck) recovered by ATL-58-Christopher Astudillo at ATL 25. Tackle by 32-Lloyd Cohen.</t>
   </si>
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#64 Carlos Lazzaro - C</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#22 Thomas Berk - CB</t>
   </si>
   <si>
     <t>#41 Minh Garduno - CB</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#46 Carl Shapiro - RB</t>
   </si>
   <si>
     <t>#72 Gregory Tyler - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
     <t>#77 Ronald Torres - LDE</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -569,54 +569,54 @@
   <si>
     <t>#30 Vernon Perdue - LDE</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-1-ATL 34 (12:20) 2-Gerald Person pass Pass knocked down by 32-Lloyd Cohen. incomplete, intended for 15-Ernest Villanueva.</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - SS</t>
-[...2 lines deleted...]
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#51 George Dilbeck - LDE</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>#53 Paul Pilgrim - WLB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>3-1-ATL 34 (12:18) 38-Charles Lozoya ran to ATL 35 for 1 yards. Tackle by 23-John Germaine. HOU 32-Lloyd Cohen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>4-1-ATL 35 (11:38) 8-Leonard Nguyen punts 56 yards to HOU 9.</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#63 Adam Lumpkin - CB</t>
   </si>
@@ -2285,83 +2285,83 @@
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">