--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -296,66 +296,66 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Andrew Calhoun kicks 75 yards from ATL 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#68 Michael Pierce - C</t>
   </si>
   <si>
     <t>#12 Guadalupe Peterson - C</t>
   </si>
   <si>
     <t>#56 Thomas Mackey - RG</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#70 Jeremy Gerard - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#4 Andrew Calhoun - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 80-Gilbert Cashman ran to HOU 27 for 2 yards. Tackle by 96-Jacob Daniels.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#6 Clement Phillips - LG</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-8-HOU 27 (14:21) 80-Gilbert Cashman ran to HOU 30 for 2 yards. Tackle by 51-Richard Little.</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
     <t>#51 Edward Long - WLB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - LDE</t>
+    <t>#22 Matthew Sell - CB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>#42 Howard Franklin - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-5-HOU 30 (13:39) 80-Gilbert Cashman ran to HOU 29 for -1 yards. Tackle by 55-Cyrus Johnson.</t>
   </si>
   <si>
     <t>#77 Francis Hale - RDE</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
-    <t>#42 David Snyder - LDE</t>
+    <t>#53 David Snyder - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#23 John Germaine - LDE</t>
   </si>
   <si>
     <t>#90 Benjamin Torres - RDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
@@ -569,54 +569,54 @@
   <si>
     <t>#30 Vernon Perdue - LDE</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-1-ATL 34 (12:20) 2-Gerald Person pass Pass knocked down by 32-Lloyd Cohen. incomplete, intended for 15-Ernest Villanueva.</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - LDE</t>
-[...2 lines deleted...]
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#51 George Dilbeck - SS</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>#53 Paul Pilgrim - WLB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>3-1-ATL 34 (12:18) 38-Charles Lozoya ran to ATL 35 for 1 yards. Tackle by 23-John Germaine. HOU 32-Lloyd Cohen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>4-1-ATL 35 (11:38) 8-Leonard Nguyen punts 56 yards to HOU 9.</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#63 Adam Lumpkin - CB</t>
   </si>
@@ -2285,83 +2285,83 @@
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">