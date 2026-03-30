--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -503,60 +503,60 @@
   <si>
     <t>1-10-ATL 25 (12:57) 85-Fredrick Doering ran to ATL 34 for 9 yards. Tackle by 38-James Holmes.</t>
   </si>
   <si>
     <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#88 Geoffrey Crane - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
-    <t>#78 Rodolfo Lockhart - LG</t>
+    <t>#59 Rodolfo Lockhart - C</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
-    <t>#65 Daniel Phillips - RT</t>
+    <t>#58 Daniel Phillips - C</t>
   </si>
   <si>
     <t>#53 David Snyder - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#31 Martin Dickson - LDE</t>
   </si>
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#23 John Germaine - LDE</t>
   </si>
   <si>
     <t>#90 Benjamin Torres - RDE</t>
   </si>
   <si>
     <t>#37 Justin Morris - RDE</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-10-ATL 14 (3:27) 38-Charles Lozoya ran to ATL 25 for 11 yards. Tackle by 27-Joseph Pendley.</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-ATL 25 (2:54) 15-Ernest Villanueva ran to ATL 38 for 13 yards. Tackle by 44-Ronald Torres.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>ATL 38</t>
   </si>
   <si>
     <t>1-10-ATL 38 (2:12) 2-Gerald Person pass Pass knocked down by 37-Justin Morris. incomplete, intended for 39-Wendell Irwin. ATL 74-Donnie Romero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#81 Arthur Hartsock - TE</t>
+    <t>#89 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>#39 Wendell Irwin - WR</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>2-10-ATL 38 (2:08) 15-Ernest Villanueva ran to ATL 40 for 2 yards. Tackle by 90-Benjamin Torres.</t>
   </si>
   <si>
     <t>#58 Gary Wilson - C</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-8-ATL 40 (1:29) 2-Gerald Person pass complete to 39-Wendell Irwin to HOU 42 for 18 yards. Tackle by 44-Ronald Torres. Great move by 39-Wendell Irwin to get free of his coverage. 36-Jose Guerrero got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:50</t>
   </si>
@@ -2266,94 +2266,94 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="372.623" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>