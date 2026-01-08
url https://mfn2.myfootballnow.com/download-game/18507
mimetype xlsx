--- v0 (2025-10-24)
+++ v1 (2026-01-08)
@@ -425,90 +425,90 @@
   <si>
     <t>PIT 28</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-PIT 28 (14:24) 43-Brian Abadie ran to PIT 38 for 10 yards. Tackle by 20-Allen Roberts.</t>
   </si>
   <si>
     <t>#26 Ronnie Han - CB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>PIT 38</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-PIT 38 (13:42) 33-David Stewart ran to PIT 43 for 4 yards. Tackle by 29-Robert Scaggs. PIT 67-Jesse Norris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#33 David Stewart - RB</t>
+    <t>#27 David Stewart - RB</t>
   </si>
   <si>
     <t>#42 Scott Edwards - CB</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>PIT 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-PIT 43 (13:05) 33-David Stewart ran to PIT 46 for 4 yards. Tackle by 48-Jonathan Hammitt.</t>
   </si>
   <si>
     <t>#44 Larry Dearing - FB</t>
   </si>
   <si>
     <t>#47 Jeffrey Moore - FB</t>
   </si>
   <si>
     <t>#81 Peter Sheets - TE</t>
   </si>
   <si>
     <t>#74 Felipe Howland - C</t>
   </si>
   <si>
     <t>#56 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#75 David Whitton - DT</t>
   </si>
   <si>
-    <t>#52 Daniel Marlowe - SLB</t>
+    <t>#93 Daniel Marlowe - SLB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>PIT 46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-2-PIT 46 (12:23) 43-Brian Abadie ran to CLE 48 for 5 yards. Tackle by 29-Robert Scaggs.</t>
   </si>
   <si>
     <t>#42 Donald Green - FB</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>CLE 48</t>
   </si>
@@ -611,102 +611,102 @@
   <si>
     <t>CLE 5</t>
   </si>
   <si>
     <t>2-5-CLE 5 (5:42) 43-Brian Abadie ran to CLE 0 for 5 yards. TOUCHDOWN! CLE 0 PIT 6</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:39) Extra point GOOD by 3-Thomas Ward. CLE 0 PIT 7</t>
   </si>
   <si>
     <t>#10 George Denker - P</t>
   </si>
   <si>
     <t>#3 Thomas Ward - K</t>
   </si>
   <si>
-    <t>#73 Garry McBee - LT</t>
+    <t>#61 Garry McBee - LT</t>
   </si>
   <si>
     <t>#60 John Hessler - LG</t>
   </si>
   <si>
     <t>#58 Jeremy Wilson - WLB</t>
   </si>
   <si>
     <t>#91 Leroy McClellan - RDE</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(5:39) 3-Thomas Ward kicks 74 yards from PIT 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#32 Dennis Lopez - RB</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CLE 25 (5:39) 10-William Owens pass complete to 83-Milton Read to CLE 30 for 5 yards. Tackle by 28-Jose Garner.</t>
   </si>
   <si>
     <t>#8 William Owens - QB</t>
   </si>
   <si>
     <t>#46 Donald McCaw - RB</t>
   </si>
   <si>
     <t>#44 Edwin Perkins - FB</t>
   </si>
   <si>
     <t>#83 Milton Read - TE</t>
   </si>
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
-    <t>#77 Donald Ramirez - LT</t>
-[...2 lines deleted...]
-    <t>#68 Mathew Thomas - LG</t>
+    <t>#57 Donald Ramirez - LT</t>
+  </si>
+  <si>
+    <t>#77 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
     <t>#72 David Folks - RT</t>
   </si>
   <si>
     <t>#96 Joe Martin - RDE</t>
   </si>
   <si>
     <t>#54 Alan Lara - DT</t>
   </si>
   <si>
     <t>#45 Ryan Stalcup - MLB</t>
   </si>
   <si>
     <t>#49 Anthony Hasson - WLB</t>
   </si>
   <si>
     <t>#94 Robert Williams - WLB</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>3-9-CLE 38 (3:30) 10-William Owens pass complete to 83-Milton Read to CLE 41 for 3 yards. Tackle by 28-Jose Garner. PIT 91-Ralph Hammer was injured on the play. He looks like he should be able to return. PIT 96-Joe Martin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>CLE 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-CLE 41 (2:50) 2-Eugene Snyder punts 42 yards to PIT 17.</t>
   </si>
   <si>
     <t>#2 Eugene Snyder - P</t>
   </si>
   <si>
     <t>#66 Adrian Gutierrez - C</t>
   </si>
   <si>
-    <t>#15 Pat Standridge - FS</t>
+    <t>#45 Pat Standridge - FS</t>
   </si>
   <si>
     <t>#67 Edward Register - LT</t>
   </si>
   <si>
     <t>#53 Glenn Ramage - LG</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>PIT 17</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-PIT 17 (2:43) 43-Brian Abadie ran to PIT 26 for 8 yards. Tackle by 20-Allen Roberts.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>PIT 26</t>
   </si>
@@ -830,51 +830,51 @@
   <si>
     <t>2-2-PIT 26 (1:56) 33-David Stewart ran to PIT 28 for 2 yards. Tackle by 90-Guadalupe Bailey.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>1-10-PIT 28 (1:16) 43-Brian Abadie ran to PIT 31 for 3 yards. Tackle by 95-Gilbert Teed.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>2-7-PIT 31 (0:39) 33-David Stewart ran for 69 yards. TOUCHDOWN! CLE 0 PIT 13</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>(0:27) Extra point GOOD by 3-Thomas Ward. CLE 0 PIT 14</t>
   </si>
   <si>
-    <t>#84 Lonnie Ragan - WR</t>
+    <t>#17 Lonnie Ragan - WR</t>
   </si>
   <si>
     <t>(0:27) 3-Thomas Ward kicks 75 yards from PIT 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-CLE 25 (0:27) 10-William Owens pass complete to 83-Milton Read to CLE 39 for 14 yards. Tackle by 28-Jose Garner. PIT 38-Edward Almeida was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>CLE 39</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-CLE 39 (15:00) 32-Dennis Lopez ran to CLE 41 for 2 yards. Tackle by 94-Robert Williams. PIT 96-Joe Martin was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1370,51 +1370,51 @@
   <si>
     <t>2-10-PIT 41 (9:45) 32-Dennis Lopez ran to PIT 43 for -2 yards. Tackle by 46-Efrain Roberts.</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>3-12-PIT 43 (9:01) 10-William Owens pass Pass knocked down by 28-Jose Garner. incomplete, intended for 81-Chris Johnson.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>4-12-PIT 43 (8:56) 2-Eugene Snyder punts 30 yards to PIT 13.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>PIT 13</t>
   </si>
   <si>
     <t>1-10-PIT 13 (8:47) 33-David Stewart ran to PIT 16 for 3 yards. Tackle by 52-Daniel Marlowe.</t>
   </si>
   <si>
-    <t>#96 Michael McGuire - MLB</t>
+    <t>#54 Michael McGuire - MLB</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>PIT 16</t>
   </si>
   <si>
     <t>2-7-PIT 16 (8:05) 42-Donald Green ran to PIT 18 for 2 yards. Tackle by 54-Derrick Cedillo.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>3-6-PIT 18 (7:22) 47-Jeffrey Moore ran to PIT 20 for 2 yards. Tackle by 48-Jonathan Hammitt.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>PIT 20</t>
   </si>