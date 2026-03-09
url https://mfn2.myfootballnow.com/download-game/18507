--- v1 (2026-01-08)
+++ v2 (2026-03-09)
@@ -446,51 +446,51 @@
   <si>
     <t>1-10-PIT 38 (13:42) 33-David Stewart ran to PIT 43 for 4 yards. Tackle by 29-Robert Scaggs. PIT 67-Jesse Norris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#27 David Stewart - RB</t>
   </si>
   <si>
     <t>#42 Scott Edwards - CB</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>PIT 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-PIT 43 (13:05) 33-David Stewart ran to PIT 46 for 4 yards. Tackle by 48-Jonathan Hammitt.</t>
   </si>
   <si>
-    <t>#44 Larry Dearing - FB</t>
+    <t>#38 Larry Dearing - FB</t>
   </si>
   <si>
     <t>#47 Jeffrey Moore - FB</t>
   </si>
   <si>
     <t>#81 Peter Sheets - TE</t>
   </si>
   <si>
     <t>#74 Felipe Howland - C</t>
   </si>
   <si>
     <t>#56 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#75 David Whitton - DT</t>
   </si>
   <si>
     <t>#93 Daniel Marlowe - SLB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>PIT 46</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>1-9-CLE 9 (6:25) 33-David Stewart ran to CLE 5 for 4 yards. Tackle by 54-Derrick Cedillo.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>CLE 5</t>
   </si>
   <si>
     <t>2-5-CLE 5 (5:42) 43-Brian Abadie ran to CLE 0 for 5 yards. TOUCHDOWN! CLE 0 PIT 6</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:39) Extra point GOOD by 3-Thomas Ward. CLE 0 PIT 7</t>
   </si>
   <si>
-    <t>#10 George Denker - P</t>
+    <t>#7 George Denker - P</t>
   </si>
   <si>
     <t>#3 Thomas Ward - K</t>
   </si>
   <si>
     <t>#61 Garry McBee - LT</t>
   </si>
   <si>
     <t>#60 John Hessler - LG</t>
   </si>
   <si>
     <t>#58 Jeremy Wilson - WLB</t>
   </si>
   <si>
     <t>#91 Leroy McClellan - RDE</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(5:39) 3-Thomas Ward kicks 74 yards from PIT 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#32 Dennis Lopez - RB</t>
   </si>
@@ -2154,69 +2154,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="432.894" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>