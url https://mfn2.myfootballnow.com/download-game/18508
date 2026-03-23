--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -332,93 +332,93 @@
   <si>
     <t>#76 Lance Leddy - RDE</t>
   </si>
   <si>
     <t>#44 Armando Friend - CB</t>
   </si>
   <si>
     <t>#2 Johnny Melendez - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 1-David Evers pass complete to 85-Michael Root to BAL 36 for 11 yards. Tackle by 48-Robert Angel.</t>
   </si>
   <si>
-    <t>#10 David Evers - QB</t>
+    <t>#8 David Evers - QB</t>
   </si>
   <si>
     <t>#25 Dwayne Calabro - RB</t>
   </si>
   <si>
     <t>#45 Maurice Bravo - FB</t>
   </si>
   <si>
     <t>#87 Mark Jones - TE</t>
   </si>
   <si>
     <t>#80 Scott Phelps - WR</t>
   </si>
   <si>
     <t>#85 Michael Root - WR</t>
   </si>
   <si>
     <t>#74 Kenneth Harris - LT</t>
   </si>
   <si>
     <t>#51 Joseph Ray - RG</t>
   </si>
   <si>
     <t>#73 Charles Larocque - C</t>
   </si>
   <si>
     <t>#62 Darryl Davis - LT</t>
   </si>
   <si>
     <t>#67 Brent Morrison - RT</t>
   </si>
   <si>
     <t>#76 Robert Hall - LDE</t>
   </si>
   <si>
     <t>#60 Scott Marchand - DT</t>
   </si>
   <si>
     <t>#74 Nathaniel Conway - DT</t>
   </si>
   <si>
-    <t>#93 Antwan Cave - RDE</t>
+    <t>#64 Antwan Cave - RDE</t>
   </si>
   <si>
     <t>#57 Austin Prentice - SLB</t>
   </si>
   <si>
     <t>#53 Stephen Landreneau - MLB</t>
   </si>
   <si>
     <t>#41 Norman Flanders - WLB</t>
   </si>
   <si>
     <t>#31 Michael Arline - CB</t>
   </si>
   <si>
     <t>#48 Robert Angel - CB</t>
   </si>
   <si>
     <t>#39 Michael Fitzgerald - SS</t>
   </si>
   <si>
     <t>#45 Teddy Stallings - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-9-BAL 28 (3:05) 11-Paul Patten pass complete to 80-Gregory Stalnaker to BAL 23 for 4 yards. Tackle by 53-Richard Tran. DEN 73-Daniel Visser was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>BAL 23</t>
   </si>
   <si>
     <t>4-5-BAL 23 (2:23) 2-Johnny Melendez 41 yard field goal is GOOD. DEN 3 BAL 3</t>
   </si>
   <si>
     <t>#62 Steven Parker - RG</t>
   </si>
   <si>
     <t>#92 Paul Hall - WLB</t>
   </si>
   <si>
-    <t>#57 Michael Fresquez - RDE</t>
+    <t>#58 Michael Fresquez - RDE</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>(2:20) 2-Johnny Melendez kicks 72 yards from DEN 35 to BAL -7. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-BAL 25 (2:20) 1-David Evers pass Pass knocked down by 53-Stephen Landreneau. incomplete, intended for 45-Maurice Bravo. Pressure by 76-Robert Hall. 53-Stephen Landreneau got away with a hold on that play. BAL 72-Darryl Davis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:14</t>
   </si>
   <si>
     <t>46 Heavy 4 Deep Zone</t>
   </si>
   <si>
     <t>2-10-BAL 25 (2:15) 1-David Evers pass complete to 45-Maurice Bravo to BAL 27 for 2 yards. Tackle by 57-Austin Prentice.</t>
   </si>
@@ -893,51 +893,51 @@
   <si>
     <t>1-10-BAL 25 (14:56) 25-Dwayne Calabro ran to BAL 38 for 13 yards. Tackle by 45-Teddy Stallings. DEN 41-Norman Flanders was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>BAL 38</t>
   </si>
   <si>
     <t>1-10-BAL 38 (14:18) 25-Dwayne Calabro ran to BAL 45 for 7 yards. Tackle by 45-Teddy Stallings.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>BAL 45</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-3-BAL 45 (13:41) 1-David Evers pass Pass knocked down by 31-Michael Arline. incomplete, intended for 87-Mark Jones.</t>
   </si>
   <si>
-    <t>#82 James Howard - FB</t>
+    <t>#21 James Howard - FB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-3-BAL 45 (13:39) 25-Dwayne Calabro ran to BAL 44 for a short loss. Tackle by 93-Antwan Cave.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-BAL 44 (13:02) 7-David Hayes punts 61 yards to DEN -6.4-3-BAL 44 (13:02) 7-David Hayes punts 61 yards to DEN -6. Touchback.</t>
   </si>
@@ -1160,51 +1160,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-BAL 43 (2:21) 1-David Evers pass complete to 85-Michael Root to DEN 50 for 7 yards. Tackle by 34-Michael Perrigo.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>DEN 50</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-3-DEN 50 (2:00) 1-David Evers pass complete to 25-Dwayne Calabro to DEN 38 for 12 yards. Tackle by 48-Robert Angel. 25-Dwayne Calabro made a great move on the CB. 32-John Gibbens got away with a hold on that play.</t>
   </si>
   <si>
     <t>#88 Gordon Cook - WR</t>
   </si>
   <si>
-    <t>#91 Ronald Alvarado - MLB</t>
+    <t>#55 Ronald Alvarado - MLB</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>Timeout BAL</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>DEN 38</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-DEN 38 (1:55) 1-David Evers pass complete to 87-Mark Jones to DEN 4 for 34 yards. Tackle by 31-Michael Arline.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>DEN 4</t>
   </si>
@@ -1586,51 +1586,51 @@
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>3-14-BAL 21 (9:26) 1-David Evers ran to BAL 31 for 10 yards. 1-David Evers slides to avoid being hit. DEN 55-Scott Marchand was injured on the play.</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>4-4-BAL 31 (8:47) 7-David Hayes punts 51 yards to DEN 18. 7-Joe Wright to DEN 31 for 13 yards. Tackle by 74-Michael Copley.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>DEN 31</t>
   </si>
   <si>
     <t>1-10-DEN 31 (8:38) 47-Conrad Escalante ran to DEN 31 for 1 yards. Tackle by 60-Lance Leddy. 68-Wesley Williams totally missed that block. DEN 73-Daniel Visser was injured on the play.</t>
   </si>
   <si>
-    <t>#90 Daniel McClain - RDE</t>
+    <t>#55 Daniel McClain - RDE</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>2-9-DEN 31 (8:00) 47-Conrad Escalante ran to DEN 34 for 3 yards. Tackle by 53-Richard Tran.</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>3-7-DEN 34 (7:24) 23-Kenneth Sanchez ran to DEN 35 for 1 yards. Tackle by 66-Curtis Ackerson.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>4-6-DEN 35 (6:48) 15-Samuel Sanders punts 46 yards to BAL 19. Fair Catch by 20-Wendell Martin. DEN 50-Jason McCabe was injured on the play. BAL 52-Burton Lovato was injured on the play. BAL 33-Edwin Hoerner was injured on the play.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>1-10-BAL 19 (6:41) 1-David Evers pass complete to 11-Scott Phelps to BAL 30 for 12 yards. Tackle by 31-Michael Arline. 31-Michael Arline got away with a hold on that play.</t>
   </si>
@@ -2164,51 +2164,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="351.486" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>