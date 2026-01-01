--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -287,105 +287,105 @@
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Daniel Olson kicks 76 yards from TBY 35 to NYN -11. Touchback.</t>
   </si>
   <si>
     <t>#13 Jay Hyatt - WR</t>
   </si>
   <si>
     <t>#54 James Montero - DT</t>
   </si>
   <si>
-    <t>#58 Donald Nevin - WLB</t>
+    <t>#95 Donald Nevin - WLB</t>
   </si>
   <si>
     <t>#53 Paul Pilgrim - WLB</t>
   </si>
   <si>
     <t>#52 Ted Hendricks - MLB</t>
   </si>
   <si>
     <t>#97 Robert Obrien - RDE</t>
   </si>
   <si>
     <t>#20 Jason Hopper - FS</t>
   </si>
   <si>
     <t>#72 James Sprayberry - RDE</t>
   </si>
   <si>
     <t>#22 Brandon Spikes - CB</t>
   </si>
   <si>
     <t>#25 Clark Bush - SS</t>
   </si>
   <si>
     <t>#53 William Serrano - WLB</t>
   </si>
   <si>
     <t>#17 Daniel Olson - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 33-Alex Cash ran to NYN 22 for -3 yards. Tackle by 43-Warren Jarmon. NYN 69-Jim Blake was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Steve Seifert - QB</t>
   </si>
   <si>
-    <t>#35 Jonathan Grindstaff - RB</t>
+    <t>#23 Jonathan Grindstaff - RB</t>
   </si>
   <si>
     <t>#33 Alex Cash - WR</t>
   </si>
   <si>
-    <t>#86 Jerome Richards - WR</t>
+    <t>#89 Jerome Richards - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#75 Howard Watson - LT</t>
   </si>
   <si>
     <t>#69 Jim Blake - LG</t>
   </si>
   <si>
     <t>#67 Stephen Hinkle - C</t>
   </si>
   <si>
     <t>#72 Kenneth Hambrick - RG</t>
   </si>
   <si>
     <t>#73 Adam Heckel - RT</t>
   </si>
   <si>
     <t>#74 Christopher Hayes - LDE</t>
   </si>
   <si>
     <t>#94 Samuel Johnson - DT</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#27 Eric Currie - CB</t>
   </si>
   <si>
     <t>#31 Richard Rodriguez - CB</t>
   </si>
   <si>
     <t>#56 James Humphreys - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>NYN 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-13-NYN 22 (14:22) 5-Steve Seifert pass complete to 86-Jerome Richards to NYN 29 for 7 yards. Tackle by 43-Warren Jarmon.</t>
   </si>
   <si>
-    <t>#87 Paul Galindo - TE</t>
+    <t>#82 Paul Galindo - TE</t>
   </si>
   <si>
     <t>#67 Tyrone Salgado - LT</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>NYN 29</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-6-NYN 29 (13:47) 5-Steve Seifert pass Pass knocked down by 51-Patrick Baker. incomplete, intended for 87-Paul Galindo. PENALTY - Pass Interference (TBY 31-Richard Rodriguez)</t>
   </si>
   <si>
     <t>#83 John Jones - WR</t>
   </si>
   <si>
     <t>#89 Joshua Musson - TE</t>
   </si>
@@ -608,78 +608,78 @@
   <si>
     <t>#34 Kent Whitson - WR</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-6-TBY 20 (10:54) 7-Peter Evans pass Pass knocked down by 47-Thomas Bear. incomplete, intended for 23-Earl Shriver. Pressure by 91-Bo Phillips.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>4-6-TBY 20 (10:50) 9-Ron Johnson punts 45 yards to NYN 35. Fair Catch by 13-Jay Hyatt.</t>
   </si>
   <si>
-    <t>#9 Ron Johnson - P</t>
+    <t>#11 Ron Johnson - P</t>
   </si>
   <si>
     <t>#77 Paul Horner - LT</t>
   </si>
   <si>
     <t>#60 Melvin Green - RT</t>
   </si>
   <si>
     <t>#76 Jeremy Nakamura - RG</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 35 (10:43) 5-Steve Seifert pass incomplete, dropped by 13-Jay Hyatt.</t>
   </si>
   <si>
-    <t>#91 Robert Turner - MLB</t>
+    <t>#94 Robert Turner - MLB</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>2-10-NYN 35 (10:39) 5-Steve Seifert pass complete to 87-Paul Galindo to NYN 40 for 5 yards. Tackle by 51-Patrick Baker.</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>NYN 40</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-5-NYN 40 (9:59) 5-Steve Seifert pass complete to 87-Paul Galindo to NYN 47 for 8 yards. Tackle by 94-Danny Parks.</t>
   </si>
   <si>
     <t>9:20</t>
   </si>