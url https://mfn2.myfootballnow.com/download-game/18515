--- v1 (2026-01-01)
+++ v2 (2026-01-31)
@@ -767,51 +767,51 @@
   <si>
     <t>5:33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-TBY 15 (5:32) 3-Aaron Mullen 33 yard field goal is GOOD. NYN 3 TBY 0</t>
   </si>
   <si>
     <t>#3 Aaron Mullen - K</t>
   </si>
   <si>
     <t>#54 Troy Nelson - RT</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>(5:29) 3-Aaron Mullen kicks 74 yards from NYN 35 to TBY -9. Touchback.</t>
   </si>
   <si>
-    <t>#49 Lawrence Azar - CB</t>
+    <t>#49 Lawrence Azar - RDE</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TBY 25 (5:29) PENALTY - False Start (TBY 7-Peter Evans)</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-15-TBY 20 (5:29) 7-Peter Evans pass complete to 18-Gerard Gossett to TBY 27 for 7 yards. Tackle by 20-Jason Hopper. 18-Gerard Gossett breaks down the CB.</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
@@ -2205,71 +2205,71 @@
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>