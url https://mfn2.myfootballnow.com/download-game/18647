--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -293,123 +293,123 @@
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Jeffrey Hotchkiss kicks 73 yards from ATL 35 to HOU -8. Touchback.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#57 Terry Parker - TE</t>
   </si>
   <si>
     <t>#84 Timothy Teeter - WR</t>
   </si>
   <si>
-    <t>#69 John Spencer - RG</t>
+    <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
-    <t>#3 Troy Briggs - WR</t>
+    <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#16 Jeffrey Hotchkiss - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 40-Scotty Soler ran to HOU 26 for 1 yards. Tackle by 95-Ricky Smith.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
+    <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#40 Scotty Soler - RDE</t>
   </si>
   <si>
     <t>#10 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#99 Christopher Jones - LDE</t>
   </si>
   <si>
     <t>#62 David Frazier - DT</t>
   </si>
   <si>
     <t>#90 Scott Brown - RDE</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
     <t>#53 Vernon Service - WLB</t>
   </si>
   <si>
     <t>#95 Ricky Smith - WLB</t>
   </si>
   <si>
-    <t>#37 Robert Kells - CB</t>
+    <t>#37 Robert Kells - FS</t>
   </si>
   <si>
     <t>#23 Gene Austin - CB</t>
   </si>
   <si>
     <t>#44 Christopher Pounders - CB</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>HOU 26</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-9-HOU 26 (14:27) 40-Scotty Soler ran to HOU 26 for a short loss. Tackle by 99-Jim Griffing.</t>
   </si>
@@ -437,126 +437,126 @@
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-HOU 26 (13:50) 40-Scotty Soler ran to HOU 31 for 5 yards. Tackle by 43-Gene Austin.</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-HOU 31 (13:14) 7-Armand Blackshire punts 45 yards to ATL 25. 14-Sam Grange to ATL 25 for 0 yards. Tackle by 21-Ross Brooks.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#55 Lonnie Mendez - LT</t>
   </si>
   <si>
     <t>#17 Sam Grange - WR</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#49 Rodger Stinson - CB</t>
   </si>
   <si>
     <t>#28 Richard Miller - WR</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
-    <t>#51 Richard Little - RDE</t>
+    <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 25 (13:06) 2-Gerald Person pass complete to 85-Fredrick Doering to HOU 41 for 34 yards. Tackle by 35-Gregorio Ocampo. Nice job by 85-Fredrick Doering on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#11 Gerald Person - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#52 Ernie Farthing - LG</t>
   </si>
   <si>
-    <t>#59 Robert Hardy - LT</t>
+    <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#35 Gregorio Ocampo - FS</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-HOU 41 (12:26) 2-Gerald Person pass incomplete, intended for 14-Sam Grange.</t>
   </si>
   <si>
     <t>#2 Tanner Archuleta - WR</t>
   </si>
   <si>
     <t>#39 Wendell Irwin - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#10 Ian Odoms - WR</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - SS</t>
+    <t>#47 Gavin Lenz - FS</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>2-10-HOU 41 (12:23) 2-Gerald Person pass Pass knocked down by 17-James Long. incomplete, intended for 84-Tanner Archuleta.</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>3-10-HOU 41 (12:20) 2-Gerald Person pass complete to 14-Sam Grange to HOU 28 for 13 yards. Tackle by 35-Gregorio Ocampo.</t>
   </si>
   <si>
     <t>#82 Arthur Hartsock - TE</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-8-HOU 26 (11:01) 2-Gerald Person pass incomplete, dropped by 85-Fredrick Doering. ATL 74-Donnie Romero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-HOU 26 (10:57) 16-Jeffrey Hotchkiss 44 yard field goal is GOOD. ATL 3 HOU 0</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - RDE</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>(10:54) 16-Jeffrey Hotchkiss kicks 74 yards from ATL 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:54) 40-Scotty Soler ran to HOU 41 for 16 yards. Tackle by 99-Jim Griffing. PENALTY - Offsides (ATL 64-David Frazier) (Declined)</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-HOU 41 (10:49) 45-William Carlson ran to ATL 48 for 11 yards. Tackle by 44-Christopher Pounders.</t>
   </si>
@@ -2337,93 +2337,93 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="278.361" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>