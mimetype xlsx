--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -341,51 +341,51 @@
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 40-Scotty Soler ran to HOU 26 for 1 yards. Tackle by 95-Ricky Smith.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#17 James Long - C</t>
   </si>
   <si>
     <t>#40 Scotty Soler - RDE</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#99 Christopher Jones - LDE</t>
   </si>
   <si>
     <t>#62 David Frazier - DT</t>
   </si>
   <si>
     <t>#90 Scott Brown - RDE</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
     <t>#53 Vernon Service - WLB</t>
   </si>
   <si>
     <t>#95 Ricky Smith - WLB</t>
   </si>
   <si>
     <t>#37 Robert Kells - FS</t>
   </si>
@@ -482,171 +482,171 @@
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 25 (13:06) 2-Gerald Person pass complete to 85-Fredrick Doering to HOU 41 for 34 yards. Tackle by 35-Gregorio Ocampo. Nice job by 85-Fredrick Doering on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#11 Gerald Person - QB</t>
+    <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#52 Ernie Farthing - LG</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#35 Gregorio Ocampo - FS</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
-    <t>#94 Ronald Torres - LDE</t>
+    <t>#77 Ronald Torres - LDE</t>
   </si>
   <si>
     <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-HOU 41 (12:26) 2-Gerald Person pass incomplete, intended for 14-Sam Grange.</t>
   </si>
   <si>
     <t>#2 Tanner Archuleta - WR</t>
   </si>
   <si>
     <t>#39 Wendell Irwin - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#10 Ian Odoms - WR</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - FS</t>
+    <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>2-10-HOU 41 (12:23) 2-Gerald Person pass Pass knocked down by 17-James Long. incomplete, intended for 84-Tanner Archuleta.</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>3-10-HOU 41 (12:20) 2-Gerald Person pass complete to 14-Sam Grange to HOU 28 for 13 yards. Tackle by 35-Gregorio Ocampo.</t>
   </si>
   <si>
-    <t>#82 Arthur Hartsock - TE</t>
+    <t>#81 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-HOU 28 (11:37) 2-Gerald Person pass Pass knocked down by 47-Gavin Lenz. incomplete, intended for 84-Tanner Archuleta.</t>
   </si>
   <si>
     <t>#58 Gary Wilson - C</t>
   </si>
   <si>
     <t>#63 William Heiss - RG</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-8-HOU 26 (11:01) 2-Gerald Person pass incomplete, dropped by 85-Fredrick Doering. ATL 74-Donnie Romero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-HOU 26 (10:57) 16-Jeffrey Hotchkiss 44 yard field goal is GOOD. ATL 3 HOU 0</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - RDE</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>(10:54) 16-Jeffrey Hotchkiss kicks 74 yards from ATL 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:54) 40-Scotty Soler ran to HOU 41 for 16 yards. Tackle by 99-Jim Griffing. PENALTY - Offsides (ATL 64-David Frazier) (Declined)</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-HOU 41 (10:49) 45-William Carlson ran to ATL 48 for 11 yards. Tackle by 44-Christopher Pounders.</t>
   </si>
@@ -2379,51 +2379,51 @@
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>