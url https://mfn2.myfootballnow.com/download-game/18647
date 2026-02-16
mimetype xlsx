--- v2 (2025-12-08)
+++ v3 (2026-02-16)
@@ -287,102 +287,102 @@
   <si>
     <t>HOU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Jeffrey Hotchkiss kicks 73 yards from ATL 35 to HOU -8. Touchback.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
-    <t>#57 Terry Parker - TE</t>
+    <t>#57 Terry Parker - LG</t>
   </si>
   <si>
     <t>#84 Timothy Teeter - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#16 Jeffrey Hotchkiss - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 40-Scotty Soler ran to HOU 26 for 1 yards. Tackle by 95-Ricky Smith.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#17 James Long - C</t>
   </si>
   <si>
-    <t>#40 Scotty Soler - RDE</t>
+    <t>#40 Scotty Soler - CB</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#99 Christopher Jones - LDE</t>
   </si>
   <si>
     <t>#62 David Frazier - DT</t>
   </si>
   <si>
     <t>#90 Scott Brown - RDE</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
     <t>#53 Vernon Service - WLB</t>
   </si>
   <si>
     <t>#95 Ricky Smith - WLB</t>
   </si>
@@ -404,51 +404,51 @@
   <si>
     <t>HOU 26</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-9-HOU 26 (14:27) 40-Scotty Soler ran to HOU 26 for a short loss. Tackle by 99-Jim Griffing.</t>
   </si>
   <si>
     <t>#96 Mathew Meekins - DT</t>
   </si>
   <si>
     <t>#51 Edward Long - WLB</t>
   </si>
   <si>
     <t>#92 Cyrus Johnson - WLB</t>
   </si>
   <si>
     <t>#99 Jim Griffing - WLB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - CB</t>
+    <t>#22 Matthew Sell - LDE</t>
   </si>
   <si>
     <t>#42 Howard Franklin - CB</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-HOU 26 (13:50) 40-Scotty Soler ran to HOU 31 for 5 yards. Tackle by 43-Gene Austin.</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#55 Lonnie Mendez - LT</t>
   </si>
   <si>
     <t>#17 Sam Grange - WR</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#49 Rodger Stinson - CB</t>
   </si>
   <si>
     <t>#28 Richard Miller - WR</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - SS</t>
+    <t>#29 Alejandro Clayton - LDE</t>
   </si>
   <si>
     <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 25 (13:06) 2-Gerald Person pass complete to 85-Fredrick Doering to HOU 41 for 34 yards. Tackle by 35-Gregorio Ocampo. Nice job by 85-Fredrick Doering on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
@@ -527,105 +527,105 @@
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#52 Ernie Farthing - LG</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#35 Gregorio Ocampo - FS</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#77 Ronald Torres - LDE</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-HOU 41 (12:26) 2-Gerald Person pass incomplete, intended for 14-Sam Grange.</t>
   </si>
   <si>
     <t>#2 Tanner Archuleta - WR</t>
   </si>
   <si>
     <t>#39 Wendell Irwin - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#10 Ian Odoms - WR</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - SS</t>
-[...2 lines deleted...]
-    <t>#51 George Dilbeck - SS</t>
+    <t>#47 Gavin Lenz - LDE</t>
+  </si>
+  <si>
+    <t>#51 George Dilbeck - LDE</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>2-10-HOU 41 (12:23) 2-Gerald Person pass Pass knocked down by 17-James Long. incomplete, intended for 84-Tanner Archuleta.</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>3-10-HOU 41 (12:20) 2-Gerald Person pass complete to 14-Sam Grange to HOU 28 for 13 yards. Tackle by 35-Gregorio Ocampo.</t>
   </si>
   <si>
     <t>#81 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-8-HOU 26 (11:01) 2-Gerald Person pass incomplete, dropped by 85-Fredrick Doering. ATL 74-Donnie Romero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-HOU 26 (10:57) 16-Jeffrey Hotchkiss 44 yard field goal is GOOD. ATL 3 HOU 0</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - C</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>(10:54) 16-Jeffrey Hotchkiss kicks 74 yards from ATL 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:54) 40-Scotty Soler ran to HOU 41 for 16 yards. Tackle by 99-Jim Griffing. PENALTY - Offsides (ATL 64-David Frazier) (Declined)</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-HOU 41 (10:49) 45-William Carlson ran to ATL 48 for 11 yards. Tackle by 44-Christopher Pounders.</t>
   </si>
@@ -2377,61 +2377,61 @@
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>