--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -287,60 +287,60 @@
   <si>
     <t>HOU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Jeffrey Hotchkiss kicks 73 yards from ATL 35 to HOU -8. Touchback.</t>
   </si>
   <si>
     <t>#20 John Royer - LT</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
-    <t>#57 Terry Parker - LG</t>
+    <t>#57 Terry Parker - C</t>
   </si>
   <si>
     <t>#84 Timothy Teeter - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#78 Charles Johnson - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#16 Jeffrey Hotchkiss - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
@@ -404,51 +404,51 @@
   <si>
     <t>HOU 26</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-9-HOU 26 (14:27) 40-Scotty Soler ran to HOU 26 for a short loss. Tackle by 99-Jim Griffing.</t>
   </si>
   <si>
     <t>#96 Mathew Meekins - DT</t>
   </si>
   <si>
     <t>#51 Edward Long - WLB</t>
   </si>
   <si>
     <t>#92 Cyrus Johnson - WLB</t>
   </si>
   <si>
     <t>#99 Jim Griffing - WLB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - LDE</t>
+    <t>#22 Matthew Sell - CB</t>
   </si>
   <si>
     <t>#42 Howard Franklin - CB</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-HOU 26 (13:50) 40-Scotty Soler ran to HOU 31 for 5 yards. Tackle by 43-Gene Austin.</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#55 Lonnie Mendez - LT</t>
   </si>
   <si>
     <t>#17 Sam Grange - WR</t>
   </si>
   <si>
     <t>#38 Bryan Powers - CB</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#49 Rodger Stinson - CB</t>
   </si>
   <si>
     <t>#28 Richard Miller - WR</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#29 Alejandro Clayton - LDE</t>
+    <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
     <t>#52 Richard Little - RDE</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 25 (13:06) 2-Gerald Person pass complete to 85-Fredrick Doering to HOU 41 for 34 yards. Tackle by 35-Gregorio Ocampo. Nice job by 85-Fredrick Doering on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
@@ -542,90 +542,90 @@
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#35 Gregorio Ocampo - FS</t>
   </si>
   <si>
     <t>#38 James Holmes - RDE</t>
   </si>
   <si>
     <t>#77 Ronald Torres - LDE</t>
   </si>
   <si>
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-HOU 41 (12:26) 2-Gerald Person pass incomplete, intended for 14-Sam Grange.</t>
   </si>
   <si>
     <t>#2 Tanner Archuleta - WR</t>
   </si>
   <si>
     <t>#39 Wendell Irwin - WR</t>
   </si>
   <si>
     <t>#17 Jason Gonzalez - WR</t>
   </si>
   <si>
     <t>#10 Ian Odoms - WR</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
-    <t>#42 David Snyder - LDE</t>
-[...5 lines deleted...]
-    <t>#51 George Dilbeck - LDE</t>
+    <t>#53 David Snyder - LDE</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - SS</t>
+  </si>
+  <si>
+    <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>2-10-HOU 41 (12:23) 2-Gerald Person pass Pass knocked down by 17-James Long. incomplete, intended for 84-Tanner Archuleta.</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>3-10-HOU 41 (12:20) 2-Gerald Person pass complete to 14-Sam Grange to HOU 28 for 13 yards. Tackle by 35-Gregorio Ocampo.</t>
   </si>
   <si>
     <t>#81 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-8-HOU 26 (11:01) 2-Gerald Person pass incomplete, dropped by 85-Fredrick Doering. ATL 74-Donnie Romero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-HOU 26 (10:57) 16-Jeffrey Hotchkiss 44 yard field goal is GOOD. ATL 3 HOU 0</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - C</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>(10:54) 16-Jeffrey Hotchkiss kicks 74 yards from ATL 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:54) 40-Scotty Soler ran to HOU 41 for 16 yards. Tackle by 99-Jim Griffing. PENALTY - Offsides (ATL 64-David Frazier) (Declined)</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-HOU 41 (10:49) 45-William Carlson ran to ATL 48 for 11 yards. Tackle by 44-Christopher Pounders.</t>
   </si>
@@ -2377,61 +2377,61 @@
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>