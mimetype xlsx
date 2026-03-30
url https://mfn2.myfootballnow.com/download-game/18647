--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -500,54 +500,54 @@
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 25 (13:06) 2-Gerald Person pass complete to 85-Fredrick Doering to HOU 41 for 34 yards. Tackle by 35-Gregorio Ocampo. Nice job by 85-Fredrick Doering on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
-    <t>#65 Daniel Phillips - RT</t>
-[...2 lines deleted...]
-    <t>#78 Rodolfo Lockhart - LG</t>
+    <t>#58 Daniel Phillips - C</t>
+  </si>
+  <si>
+    <t>#59 Rodolfo Lockhart - C</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#52 Ernie Farthing - LG</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#91 Quentin Ricks - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>2-10-HOU 41 (12:23) 2-Gerald Person pass Pass knocked down by 17-James Long. incomplete, intended for 84-Tanner Archuleta.</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>3-10-HOU 41 (12:20) 2-Gerald Person pass complete to 14-Sam Grange to HOU 28 for 13 yards. Tackle by 35-Gregorio Ocampo.</t>
   </si>
   <si>
-    <t>#81 Arthur Hartsock - TE</t>
+    <t>#89 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-HOU 28 (11:37) 2-Gerald Person pass Pass knocked down by 47-Gavin Lenz. incomplete, intended for 84-Tanner Archuleta.</t>
   </si>
   <si>
     <t>#58 Gary Wilson - C</t>
   </si>
   <si>
     <t>#63 William Heiss - RG</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
@@ -2333,92 +2333,92 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="278.361" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">