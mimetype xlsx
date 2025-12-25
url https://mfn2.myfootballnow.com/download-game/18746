--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -344,51 +344,51 @@
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 23-Kenneth Sanchez ran to DEN 30 for 5 yards. Tackle by 51-Peter Harris. LAA 92-Joseph Kohler was injured on the play. He looks like he should be able to return. LAA 94-Fletcher Bone was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Paul Patten - QB</t>
   </si>
   <si>
     <t>#48 Kenneth Sanchez - RB</t>
   </si>
   <si>
     <t>#26 Joseph Whatley - RB</t>
   </si>
   <si>
     <t>#36 Richard Bruns - FB</t>
   </si>
   <si>
-    <t>#81 Willard Carrier - TE</t>
+    <t>#82 Willard Carrier - TE</t>
   </si>
   <si>
     <t>#81 Louis Meza - TE</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#67 Russell Frederick - LG</t>
   </si>
   <si>
     <t>#71 Wesley Williams - C</t>
   </si>
   <si>
     <t>#72 Kenneth Hambrick - RG</t>
   </si>
   <si>
     <t>#50 Charles Frailey - RT</t>
   </si>
   <si>
     <t>#73 Sean Jacobsen - LDE</t>
   </si>
   <si>
     <t>#92 Joseph Kohler - LDE</t>
   </si>
@@ -437,78 +437,78 @@
   <si>
     <t>#80 Gregory Stalnaker - WR</t>
   </si>
   <si>
     <t>#58 Charlie McGee - MLB</t>
   </si>
   <si>
     <t>#49 Terry Sanders - SS</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>DEN 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-4-DEN 31 (13:46) 23-Kenneth Sanchez ran to LAA 49 for 19 yards. 23-Kenneth Sanchez FUMBLES (49-John McNeill) recovered by LAA-49-John McNeill to LAA 45 for -1 yards.</t>
   </si>
   <si>
-    <t>#68 Timothy Cochrane - RDE</t>
+    <t>#92 Timothy Cochrane - RDE</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>LAA 45</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-LAA 45 (13:40) 31-Aaron Holle ran to DEN 46 for 9 yards. Tackle by 37-Joseph Jeffcoat.</t>
   </si>
   <si>
     <t>#5 Ronald Holley - QB</t>
   </si>
   <si>
     <t>#31 Aaron Holle - RB</t>
   </si>
   <si>
     <t>#43 Aurelio Washington - FB</t>
   </si>
   <si>
-    <t>#88 Don Thompson - TE</t>
+    <t>#80 Don Thompson - TE</t>
   </si>
   <si>
     <t>#16 Tyrone Mitchell - WR</t>
   </si>
   <si>
     <t>#17 Andrew Hazel - WR</t>
   </si>
   <si>
     <t>#55 Lonnie Mendez - LT</t>
   </si>
   <si>
     <t>#79 Aubrey Kim - RG</t>
   </si>
   <si>
     <t>#71 John Alvarez - C</t>
   </si>
   <si>
     <t>#62 Michael Marston - RG</t>
   </si>
   <si>
     <t>#70 Randy Poppe - RT</t>
   </si>
   <si>
     <t>#76 Robert Hall - LDE</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>#59 John Gibbens - WLB</t>
   </si>
   <si>
     <t>(8:47) 6-Arthur Oneal kicks 74 yards from LAA 35 to DEN -9. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DEN 25 (8:47) 23-Kenneth Sanchez ran to DEN 30 for 5 yards. Tackle by 94-Fletcher Bone.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-DEN 30 (8:09) 23-Kenneth Sanchez ran to DEN 34 for 4 yards. Tackle by 34-Bobby Jones.</t>
   </si>
   <si>
-    <t>#17 Thomas Stallman - WR</t>
+    <t>#89 Thomas Stallman - WR</t>
   </si>
   <si>
     <t>#34 Bobby Jones - CB</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
     <t>DEN 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-1-DEN 34 (7:29) 23-Kenneth Sanchez ran to DEN 41 for 7 yards. Tackle by 25-Steven Wiggins.</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
@@ -995,51 +995,51 @@
   <si>
     <t>DEN 28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-7-DEN 28 (10:08) 11-Paul Patten pass complete to 80-Gregory Stalnaker to DEN 33 for 5 yards. Tackle by 32-Kelly Oneill.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-DEN 33 (9:27) 15-Samuel Sanders punts 60 yards to LAA 7.</t>
   </si>
   <si>
-    <t>#15 Samuel Sanders - P</t>
+    <t>#9 Samuel Sanders - P</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>LAA 7</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LAA 7 (9:17) 5-Ronald Holley ran to LAA 18 for 11 yards. Tackle by 93-Antwan Cave.</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>LAA 18</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
@@ -2145,51 +2145,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="319.636" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>