--- v1 (2025-12-25)
+++ v2 (2026-03-25)
@@ -368,51 +368,51 @@
   <si>
     <t>#82 Willard Carrier - TE</t>
   </si>
   <si>
     <t>#81 Louis Meza - TE</t>
   </si>
   <si>
     <t>#73 Daniel Visser - LT</t>
   </si>
   <si>
     <t>#67 Russell Frederick - LG</t>
   </si>
   <si>
     <t>#71 Wesley Williams - C</t>
   </si>
   <si>
     <t>#72 Kenneth Hambrick - RG</t>
   </si>
   <si>
     <t>#50 Charles Frailey - RT</t>
   </si>
   <si>
     <t>#73 Sean Jacobsen - LDE</t>
   </si>
   <si>
-    <t>#92 Joseph Kohler - LDE</t>
+    <t>#67 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>#53 Paul Dennis - DT</t>
   </si>
   <si>
     <t>#97 Charles Walker - DT</t>
   </si>
   <si>
     <t>#99 Taylor Thompson - RDE</t>
   </si>
   <si>
     <t>#54 Fletcher Bone - SS</t>
   </si>
   <si>
     <t>#51 Peter Harris - MLB</t>
   </si>
   <si>
     <t>#52 James Perez - WLB</t>
   </si>
   <si>
     <t>#32 Kelly Oneill - CB</t>
   </si>
   <si>
     <t>#49 John McNeill - CB</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>#55 Lonnie Mendez - LT</t>
   </si>
   <si>
     <t>#79 Aubrey Kim - RG</t>
   </si>
   <si>
     <t>#71 John Alvarez - C</t>
   </si>
   <si>
     <t>#62 Michael Marston - RG</t>
   </si>
   <si>
     <t>#70 Randy Poppe - RT</t>
   </si>
   <si>
     <t>#76 Robert Hall - LDE</t>
   </si>
   <si>
     <t>#60 Scott Marchand - DT</t>
   </si>
   <si>
     <t>#76 Horace Farley - RDE</t>
   </si>
   <si>
-    <t>#93 Antwan Cave - RDE</t>
+    <t>#64 Antwan Cave - RDE</t>
   </si>
   <si>
     <t>#37 Joseph Jeffcoat - SS</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>DEN 46</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-DEN 46 (13:06) 31-Aaron Holle ran to DEN 43 for 3 yards. Tackle by 45-Teddy Stallings. DEN 37-Joseph Jeffcoat was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#73 Warren Turner - RT</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>(8:47) 6-Arthur Oneal kicks 74 yards from LAA 35 to DEN -9. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DEN 25 (8:47) 23-Kenneth Sanchez ran to DEN 30 for 5 yards. Tackle by 94-Fletcher Bone.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-DEN 30 (8:09) 23-Kenneth Sanchez ran to DEN 34 for 4 yards. Tackle by 34-Bobby Jones.</t>
   </si>
   <si>
     <t>#89 Thomas Stallman - WR</t>
   </si>
   <si>
-    <t>#34 Bobby Jones - CB</t>
+    <t>#26 Bobby Jones - CB</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
     <t>DEN 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-1-DEN 34 (7:29) 23-Kenneth Sanchez ran to DEN 41 for 7 yards. Tackle by 25-Steven Wiggins.</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>1-10-DEN 41 (6:45) 23-Kenneth Sanchez ran to DEN 40 for -2 yards. Tackle by 52-James Perez.</t>
   </si>