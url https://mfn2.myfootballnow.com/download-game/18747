--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -338,60 +338,60 @@
   <si>
     <t>#6 Michael Young - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 20-Justin Timko ran to DET 24 for -1 yards. Tackle by 90-Joseph Sousa. PENALTY - Offsides (CHI 52-Arthur Laprade)</t>
   </si>
   <si>
     <t>#19 Joe Anders - QB</t>
   </si>
   <si>
     <t>#38 Justin Timko - RB</t>
   </si>
   <si>
-    <t>#31 James Black - RB</t>
+    <t>#24 James Black - RB</t>
   </si>
   <si>
     <t>#30 Peter Davis - FB</t>
   </si>
   <si>
     <t>#83 Ronald Pope - TE</t>
   </si>
   <si>
-    <t>#87 Richard Andrews - TE</t>
+    <t>#86 Richard Andrews - TE</t>
   </si>
   <si>
     <t>#66 Justin Holmes - LT</t>
   </si>
   <si>
     <t>#58 Marc Gallant - RG</t>
   </si>
   <si>
     <t>#72 Albert Stone - LT</t>
   </si>
   <si>
     <t>#62 Wayne Kirchoff - RG</t>
   </si>
   <si>
     <t>#53 Francisco Stacey - RT</t>
   </si>
   <si>
     <t>#91 Ray Crawford - LDE</t>
   </si>
   <si>
     <t>#55 David Innis - LDE</t>
   </si>
   <si>
     <t>#97 Timothy Strickland - DT</t>
   </si>
@@ -491,60 +491,60 @@
   <si>
     <t>DET 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-DET 44 (12:22) 5-Miles Perry punts 47 yards to CHI 9. Fair Catch by 27-Garfield Cole. CHI 72-Timothy Strickland was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Miles Perry - P</t>
   </si>
   <si>
     <t>#23 Garfield Cole - RB</t>
   </si>
   <si>
     <t>#56 Robert Henry - SLB</t>
   </si>
   <si>
     <t>#27 Norman Martin - SS</t>
   </si>
   <si>
-    <t>#62 James Kirkland - LDE</t>
+    <t>#66 James Kirkland - LDE</t>
   </si>
   <si>
     <t>#52 Thomas Stallings - RG</t>
   </si>
   <si>
     <t>#75 Chad Perri - C</t>
   </si>
   <si>
-    <t>#51 Matthew Drennen - DT</t>
+    <t>#99 Matthew Drennen - DT</t>
   </si>
   <si>
     <t>#91 Louis Thomason - MLB</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>CHI 9</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 9 (12:16) 11-Michael Jones pass complete to 4-Kenneth Williams to CHI 13 for 3 yards. Tackle by 29-Carl Jiang.</t>
   </si>
   <si>
     <t>#9 Michael Jones - QB</t>
   </si>
   <si>
     <t>#4 Kenneth Williams - FB</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#13 Ross Wilson - WR</t>
   </si>
   <si>
     <t>#19 Clifford Blanco - WR</t>
   </si>
   <si>
     <t>#67 Charles Bowman - LT</t>
   </si>
   <si>
     <t>#61 Jessie Arnold - LG</t>
   </si>
   <si>
     <t>#75 Stephen Taylor - C</t>
   </si>
   <si>
     <t>#55 Jay Neal - RG</t>
   </si>
   <si>
     <t>#55 Brian Henderson - RT</t>
   </si>
   <si>
     <t>#69 Erwin Bober - LDE</t>
   </si>
   <si>
-    <t>#55 Edward Schwartz - DT</t>
+    <t>#64 Edward Schwartz - DT</t>
   </si>
   <si>
     <t>#53 George Montes - MLB</t>
   </si>
   <si>
     <t>#53 Paul Juarez - WLB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>CHI 13</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
   <si>
     <t>2-7-CHI 13 (11:38) 11-Michael Jones pass complete to 83-Saul Davis to CHI 33 for 20 yards. Tackle by 46-Jeremy Curtis. DET 50-Lawrence Romano was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Saul Davis - WR</t>
   </si>
@@ -1250,51 +1250,51 @@
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 18-Terry Hopkins kicks 73 yards from DET 35 to CHI -8. Touchback.</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 27-Garfield Cole ran to CHI 28 for 3 yards. Tackle by 29-Carl Jiang. CHI 75-Stephen Taylor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>CHI 28</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>2-7-CHI 28 (14:27) 11-Michael Jones pass complete to 30-Michael Alonso to CHI 36 for 8 yards. Tackle by 29-Carl Jiang. DET 98-Roger Green was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#66 Jason Stevens - RG</t>
+    <t>#69 Jason Stevens - RG</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>CHI 36</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-CHI 36 (13:47) 11-Michael Jones pass Pass knocked down by 54-George Montes. incomplete, intended for 81-Peter Covington.</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Corner</t>
   </si>
   <si>
     <t>2-10-CHI 36 (13:45) 11-Michael Jones pass incomplete, intended for 13-Ross Wilson. DET 70-Noel Yazzie was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>