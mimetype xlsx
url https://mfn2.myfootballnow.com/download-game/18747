--- v1 (2026-01-06)
+++ v2 (2026-02-04)
@@ -875,51 +875,51 @@
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-20-CHI 27 (0:20) 19-Joe Anders pass incomplete, intended for 83-Ronald Pope.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>4-20-CHI 27 (0:18) PENALTY - False Start (DET 52-Albert Stone)</t>
   </si>
   <si>
     <t>#18 Terry Hopkins - K</t>
   </si>
   <si>
     <t>#76 Ricky Baker - RG</t>
   </si>
   <si>
     <t>#77 Garth Walburn - LT</t>
   </si>
   <si>
-    <t>#50 William Bruns - MLB</t>
+    <t>#95 William Bruns - MLB</t>
   </si>
   <si>
     <t>#98 John Schoen - SLB</t>
   </si>
   <si>
     <t>CHI 32</t>
   </si>
   <si>
     <t>4-25-CHI 32 (0:18) 18-Terry Hopkins 50 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CHI 39 (0:14) 11-Michael Jones pass complete to 83-Saul Davis to CHI 41 for 2 yards. Tackle by 36-Armando Semon.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>