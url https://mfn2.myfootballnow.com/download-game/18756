--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -347,75 +347,75 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 32-Dennis Lopez ran to CLE 35 for 10 yards. Tackle by 40-Byron Colley.</t>
   </si>
   <si>
     <t>#8 William Owens - QB</t>
   </si>
   <si>
     <t>#44 Edwin Perkins - FB</t>
   </si>
   <si>
     <t>#83 Milton Read - TE</t>
   </si>
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
     <t>#81 Chris Johnson - WR</t>
   </si>
   <si>
-    <t>#77 Donald Ramirez - LT</t>
+    <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
     <t>#68 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
     <t>#78 Donald King - RT</t>
   </si>
   <si>
     <t>#78 Jeffrey Colon - LDE</t>
   </si>
   <si>
     <t>#93 Joshua McMahon - DT</t>
   </si>
   <si>
     <t>#77 Paul Morris - DT</t>
   </si>
   <si>
-    <t>#94 Michael Smart - RDE</t>
+    <t>#76 Michael Smart - RDE</t>
   </si>
   <si>
     <t>#98 Brian Hunter - SLB</t>
   </si>
   <si>
     <t>#90 Sergio True - MLB</t>
   </si>
   <si>
     <t>#59 Gary Barnett - WLB</t>
   </si>
   <si>
     <t>#29 Douglas Antoine - CB</t>
   </si>
   <si>
     <t>#45 Paul Ayers - CB</t>
   </si>
   <si>
     <t>#22 Alonzo Suzuki - SS</t>
   </si>
   <si>
     <t>#40 Byron Colley - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
@@ -602,102 +602,102 @@
   <si>
     <t>4-11-LOS 23 (7:00) 6-Marty Brown 41 yard field goal is GOOD. CLE 3 LOS 0</t>
   </si>
   <si>
     <t>#7 Todd Hester - QB</t>
   </si>
   <si>
     <t>#66 Adrian Gutierrez - C</t>
   </si>
   <si>
     <t>#6 Marty Brown - K</t>
   </si>
   <si>
     <t>#74 Mark Hickman - RG</t>
   </si>
   <si>
     <t>#67 Edward Register - LT</t>
   </si>
   <si>
     <t>#50 Richard Tran - WLB</t>
   </si>
   <si>
     <t>#54 Oscar Bryant - MLB</t>
   </si>
   <si>
-    <t>#97 Jacob Chow - MLB</t>
+    <t>#98 Jacob Chow - MLB</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>(6:57) 6-Marty Brown kicks 74 yards from CLE 35 to LOS -9. Touchback.</t>
   </si>
   <si>
     <t>#39 Jordon Thompson - RB</t>
   </si>
   <si>
     <t>LOS 25</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-LOS 25 (6:57) 39-Jordon Thompson ran to LOS 26 for 1 yards. Tackle by 98-James Wyss.</t>
   </si>
   <si>
     <t>#2 Daniel Delacruz - QB</t>
   </si>
   <si>
     <t>#41 Brent Hutcherson - FB</t>
   </si>
   <si>
-    <t>#82 Marc Garrett - TE</t>
+    <t>#81 Marc Garrett - TE</t>
   </si>
   <si>
     <t>#19 Timothy Salcedo - WR</t>
   </si>
   <si>
     <t>#16 Richard Reyna - WR</t>
   </si>
   <si>
     <t>#59 David Griffin - LT</t>
   </si>
   <si>
     <t>#66 Eugene Swisher - LG</t>
   </si>
   <si>
     <t>#69 David Sherrill - C</t>
   </si>
   <si>
-    <t>#66 Michael Edmiston - RG</t>
+    <t>#54 Michael Edmiston - RG</t>
   </si>
   <si>
     <t>#67 Lawrence Kelley - RT</t>
   </si>
   <si>
-    <t>#52 Daniel Marlowe - SLB</t>
+    <t>#93 Daniel Marlowe - SLB</t>
   </si>
   <si>
     <t>#56 Robert Walker - MLB</t>
   </si>
   <si>
     <t>#42 Scott Edwards - CB</t>
   </si>
   <si>
     <t>#21 Darrell Spencer - CB</t>
   </si>
   <si>
     <t>#48 Jonathan Hammitt - SS</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>LOS 26</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -800,72 +800,72 @@
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>CLE 36</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>2-3-CLE 36 (2:23) 39-Jordon Thompson ran to CLE 36 for a short loss. Tackle by 97-Chris McFaddin. LOS 67-Lawrence Kelley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-3-CLE 36 (1:50) 39-Jordon Thompson ran to CLE 37 for -1 yards. Tackle by 52-Daniel Marlowe. 82-Marc Garrett completely missed his blocking assignment.</t>
   </si>
   <si>
-    <t>#84 Benito Choy - TE</t>
+    <t>#89 Benito Choy - TE</t>
   </si>
   <si>
     <t>#52 Richard Galloway - LT</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>CLE 37</t>
   </si>
   <si>
     <t>4-4-CLE 37 (1:17) 3-Gary Good 54 yard field goal is GOOD. CLE 3 LOS 3</t>
   </si>
   <si>
     <t>#82 William Torrence - TE</t>
   </si>
   <si>
     <t>#63 Andrew Joyner - RG</t>
   </si>
   <si>
-    <t>#64 Thomas Wright - LT</t>
+    <t>#65 Thomas Wright - LG</t>
   </si>
   <si>
     <t>#53 Rodney Lee - WLB</t>
   </si>
   <si>
     <t>#75 David Whitton - DT</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>(1:13) 3-Gary Good kicks 75 yards from LOS 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-CLE 25 (1:13) 32-Dennis Lopez ran to CLE 26 for 1 yards. Tackle by 90-Sergio True.</t>
   </si>
   <si>
     <t>#60 James Jump - DT</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
@@ -1244,51 +1244,51 @@
   <si>
     <t>1-10-LOS 15 (14:56) 24-Joel Manning ran to LOS 20 for 4 yards. Tackle by 29-Robert Scaggs.</t>
   </si>
   <si>
     <t>#26 Ronnie Han - CB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>2-6-LOS 20 (14:27) 39-Jordon Thompson ran to LOS 23 for 3 yards. Tackle by 59-Robert Walker.</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>3-3-LOS 23 (13:48) 39-Jordon Thompson ran to LOS 27 for 4 yards. Tackle by 57-Michael McGuire.</t>
   </si>
   <si>
-    <t>#96 Michael McGuire - MLB</t>
+    <t>#54 Michael McGuire - MLB</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>LOS 27</t>
   </si>
   <si>
     <t>1-10-LOS 27 (13:10) 39-Jordon Thompson ran to LOS 26 for -1 yards. Tackle by 98-James Wyss.</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>2-11-LOS 26 (12:37) 2-Daniel Delacruz pass Pass knocked down by 57-Michael McGuire. incomplete, intended for 82-Marc Garrett.</t>
   </si>
   <si>
     <t>12:33</t>
   </si>