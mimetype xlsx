--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -350,51 +350,51 @@
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 32-Dennis Lopez ran to CLE 35 for 10 yards. Tackle by 40-Byron Colley.</t>
   </si>
   <si>
     <t>#8 William Owens - QB</t>
   </si>
   <si>
     <t>#44 Edwin Perkins - FB</t>
   </si>
   <si>
     <t>#83 Milton Read - TE</t>
   </si>
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
     <t>#81 Chris Johnson - WR</t>
   </si>
   <si>
     <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
-    <t>#68 Mathew Thomas - LG</t>
+    <t>#77 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
     <t>#78 Donald King - RT</t>
   </si>
   <si>
     <t>#78 Jeffrey Colon - LDE</t>
   </si>
   <si>
     <t>#93 Joshua McMahon - DT</t>
   </si>
   <si>
     <t>#77 Paul Morris - DT</t>
   </si>
   <si>
     <t>#76 Michael Smart - RDE</t>
   </si>
   <si>
     <t>#98 Brian Hunter - SLB</t>
   </si>