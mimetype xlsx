--- v2 (2026-01-18)
+++ v3 (2026-03-20)
@@ -527,51 +527,51 @@
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>2-7-LOS 35 (9:44) 10-William Owens pass complete to 83-Milton Read to LOS 32 for 2 yards. Tackle by 40-Byron Colley. Great move by 83-Milton Read to get free of his coverage.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>LOS 32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-5-LOS 32 (9:06) 46-Donald McCaw ran to LOS 22 for 10 yards. Tackle by 40-Byron Colley.</t>
   </si>
   <si>
-    <t>#47 Paul Cullen - CB</t>
+    <t>#35 Paul Cullen - CB</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>LOS 22</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>1-10-LOS 22 (8:21) 10-William Owens pass complete to 32-Dennis Lopez to LOS 20 for 2 yards. Tackle by 90-Sergio True.</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>LOS 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
@@ -800,69 +800,69 @@
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>CLE 36</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>2-3-CLE 36 (2:23) 39-Jordon Thompson ran to CLE 36 for a short loss. Tackle by 97-Chris McFaddin. LOS 67-Lawrence Kelley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-3-CLE 36 (1:50) 39-Jordon Thompson ran to CLE 37 for -1 yards. Tackle by 52-Daniel Marlowe. 82-Marc Garrett completely missed his blocking assignment.</t>
   </si>
   <si>
-    <t>#89 Benito Choy - TE</t>
+    <t>#86 Benito Choy - TE</t>
   </si>
   <si>
     <t>#52 Richard Galloway - LT</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>CLE 37</t>
   </si>
   <si>
     <t>4-4-CLE 37 (1:17) 3-Gary Good 54 yard field goal is GOOD. CLE 3 LOS 3</t>
   </si>
   <si>
     <t>#82 William Torrence - TE</t>
   </si>
   <si>
-    <t>#63 Andrew Joyner - RG</t>
+    <t>#73 Andrew Joyner - RG</t>
   </si>
   <si>
     <t>#65 Thomas Wright - LG</t>
   </si>
   <si>
     <t>#53 Rodney Lee - WLB</t>
   </si>
   <si>
     <t>#75 David Whitton - DT</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>(1:13) 3-Gary Good kicks 75 yards from LOS 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-CLE 25 (1:13) 32-Dennis Lopez ran to CLE 26 for 1 yards. Tackle by 90-Sergio True.</t>
   </si>
   <si>
     <t>#60 James Jump - DT</t>
   </si>