--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -332,66 +332,66 @@
   <si>
     <t>#92 Cyrus Johnson - WLB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>#3 Terry McHone - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 84-Tanner Archuleta ran to ATL 26 for 1 yards. Tackle by 23-John Skinner.</t>
   </si>
   <si>
-    <t>#11 Gerald Person - QB</t>
+    <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#2 Tanner Archuleta - WR</t>
   </si>
   <si>
     <t>#89 Joshua Musson - TE</t>
   </si>
   <si>
     <t>#87 Harold Johnson - WR</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
-    <t>#59 Robert Hardy - LT</t>
+    <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#62 Carl Little - LDE</t>
   </si>
   <si>
     <t>#71 Troy Foti - DT</t>
   </si>
   <si>
     <t>#99 Cedric Ott - DT</t>
   </si>
   <si>
     <t>#54 Micheal Fleming - RDE</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>#51 William Rucker - SLB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-ATL 34 (13:04) 8-Leonard Nguyen punts 44 yards to DAL 22. 20-Louis Reichman to DAL 35 for 12 yards. Tackle by 59-Robert Hardy. 53-Fred Mendoza completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#8 Leonard Nguyen - P</t>
   </si>
   <si>
     <t>#52 Ernie Farthing - LG</t>
   </si>
   <si>
-    <t>#20 Louis Reichman - RB</t>
+    <t>#31 Louis Reichman - RB</t>
   </si>
   <si>
     <t>#75 Lee Acosta - RDE</t>
   </si>
   <si>
     <t>#56 Andrew Lee - MLB</t>
   </si>
   <si>
     <t>#78 Melvin Mason - LDE</t>
   </si>
   <si>
     <t>#54 Lawrence Gibbons - C</t>
   </si>
   <si>
     <t>#98 Christopher Lyon - DT</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -518,54 +518,54 @@
   <si>
     <t>#12 Rodney Mull - WR</t>
   </si>
   <si>
     <t>#73 Moses Brady - LT</t>
   </si>
   <si>
     <t>#77 Philip Pritchett - LG</t>
   </si>
   <si>
     <t>#73 Tom Hicks - C</t>
   </si>
   <si>
     <t>#67 Leonard Andrews - RG</t>
   </si>
   <si>
     <t>#65 Martin Buckley - RT</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#62 David Frazier - DT</t>
   </si>
   <si>
-    <t>#51 Richard Little - RDE</t>
-[...2 lines deleted...]
-    <t>#37 Robert Kells - CB</t>
+    <t>#52 Richard Little - RDE</t>
+  </si>
+  <si>
+    <t>#37 Robert Kells - FS</t>
   </si>
   <si>
     <t>#1 Jacob Daniels - CB</t>
   </si>
   <si>
     <t>#42 Howard Franklin - CB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>DAL 41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-DAL 41 (12:52) 20-Louis Reichman ran to DAL 38 for -3 yards. Tackle by 61-Margarito Mattison.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>DAL 38</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t>2-10-ATL 12 (6:56) 2-Gerald Person pass complete to 17-Jason Gonzalez to ATL 26 for 14 yards. Tackle by 55-William Jones.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-ATL 26 (6:17) 84-Tanner Archuleta ran to ATL 36 for 11 yards. Tackle by 27-Wayne Mahoney. DAL 51-William Rucker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>ATL 36</t>
   </si>
   <si>
     <t>I Formation Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>1-10-ATL 36 (5:44) 84-Tanner Archuleta ran to ATL 37 for 1 yards. Tackle by 54-Micheal Fleming.</t>
   </si>
   <si>
-    <t>#82 Arthur Hartsock - TE</t>
+    <t>#81 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>ATL 37</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-9-ATL 37 (5:04) 85-Fredrick Doering ran to DAL 45 for 18 yards. Tackle by 23-John Skinner.</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>DAL 45</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>