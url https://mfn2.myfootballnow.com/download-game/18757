--- v1 (2026-01-10)
+++ v2 (2026-02-08)
@@ -305,51 +305,51 @@
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#41 Minh Garduno - CB</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#51 Edward Long - WLB</t>
   </si>
   <si>
     <t>#99 Jim Griffing - WLB</t>
   </si>
   <si>
     <t>#96 Mathew Meekins - DT</t>
   </si>
   <si>
     <t>#90 Robert Sherrill - MLB</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - CB</t>
+    <t>#22 Matthew Sell - LDE</t>
   </si>
   <si>
     <t>#92 Cyrus Johnson - WLB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>#3 Terry McHone - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 84-Tanner Archuleta ran to ATL 26 for 1 yards. Tackle by 23-John Skinner.</t>
   </si>