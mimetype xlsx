--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -383,57 +383,57 @@
   <si>
     <t>#58 John Jones - RT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#58 Justin Walton - SS</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#39 Ernest Williamson - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - CB</t>
+    <t>#23 Jesse Macdonald - FS</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - SS</t>
+    <t>#47 Gavin Lenz - FS</t>
   </si>
   <si>
     <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>NOS 24</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-11-NOS 24 (14:22) 2-Scott Hennigan pass Pass knocked down by 51-George Dilbeck. incomplete, intended for 49-Chad Haynes.</t>
   </si>
   <si>
     <t>#31 Philip Pusey - RB</t>
   </si>
   <si>
     <t>#30 Danny Martinez - FB</t>
   </si>
@@ -479,141 +479,141 @@
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
     <t>#10 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#87 Roy Robertson - C</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - RDE</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (14:09) 26-John Madden ran to HOU 29 for 4 yards. Tackle by 24-Ronald Renfrow.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>#81 George Gagne - TE</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
-    <t>#69 John Spencer - RG</t>
+    <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#55 James Gayhart - LT</t>
   </si>
   <si>
-    <t>#3 Troy Briggs - WR</t>
+    <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#52 James Hose - LDE</t>
   </si>
   <si>
     <t>#63 John Braud - DT</t>
   </si>
   <si>
     <t>#76 Douglas Gentry - RDE</t>
   </si>
   <si>
     <t>#91 Eugene Monteith - MLB</t>
   </si>
   <si>
     <t>#24 Ronald Renfrow - WLB</t>
   </si>
   <si>
     <t>#95 Robert Jones - SS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-6-HOU 29 (13:32) 3-Ronald Hebert pass complete to 84-Luciano Schroeter to HOU 34 for 4 yards. Tackle by 54-Bertram Blevins.</t>
   </si>
   <si>
     <t>#37 Luciano Schroeter - RB</t>
   </si>
   <si>
-    <t>#17 James Long - WR</t>
+    <t>#17 James Long - C</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-1-HOU 34 (12:46) 26-John Madden ran to HOU 37 for 4 yards. Tackle by 95-Robert Jones.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>HOU 37</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>2-7-HOU 41 (5:16) 3-Ronald Hebert pass complete to 84-Luciano Schroeter to HOU 45 for 4 yards. Tackle by 34-Peter Hail.</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>HOU 45</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-4-HOU 45 (4:37) 26-John Madden ran to HOU 46 for 2 yards. Tackle by 40-Bryan Brown. HOU 18-Christopher Curtis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>HOU 46</t>
   </si>
   <si>
     <t>4-2-HOU 46 (4:01) 7-Armand Blackshire punts 42 yards to NOS 12. Fair Catch by 14-Mark Ortega.</t>
   </si>
   <si>
-    <t>#7 Armand Blackshire - P</t>
+    <t>#14 Armand Blackshire - P</t>
   </si>
   <si>
     <t>#52 Ian Woodruff - C</t>
   </si>
   <si>
     <t>#21 Ross Brooks - CB</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>NOS 12</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>1-10-NOS 12 (3:54) 2-Scott Hennigan pass complete to 88-Joseph Brown to NOS 19 for 7 yards. Tackle by 40-Scotty Soler. 88-Joseph Brown breaks down the CB.</t>
   </si>
   <si>
     <t>#90 Benjamin Torres - RDE</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
@@ -2310,51 +2310,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="324.349" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>