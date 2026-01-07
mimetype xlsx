--- v1 (2025-11-18)
+++ v2 (2026-01-07)
@@ -383,192 +383,192 @@
   <si>
     <t>#58 John Jones - RT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
     <t>#58 Justin Walton - SS</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
     <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
     <t>#39 Ernest Williamson - CB</t>
   </si>
   <si>
-    <t>#23 Jesse Macdonald - FS</t>
+    <t>#23 Jesse Macdonald - SS</t>
   </si>
   <si>
     <t>#29 Alejandro Clayton - SS</t>
   </si>
   <si>
-    <t>#47 Gavin Lenz - FS</t>
+    <t>#47 Gavin Lenz - SS</t>
   </si>
   <si>
     <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>NOS 24</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-11-NOS 24 (14:22) 2-Scott Hennigan pass Pass knocked down by 51-George Dilbeck. incomplete, intended for 49-Chad Haynes.</t>
   </si>
   <si>
     <t>#31 Philip Pusey - RB</t>
   </si>
   <si>
     <t>#30 Danny Martinez - FB</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - SS</t>
+    <t>#32 Lloyd Cohen - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Shotgun 4 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-11-NOS 24 (14:18) 2-Scott Hennigan pass Pass knocked down by 32-Lloyd Cohen. incomplete, intended for 87-Hal Copeland.</t>
   </si>
   <si>
     <t>#81 James Pate - WR</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
     <t>#40 Scotty Soler - RDE</t>
   </si>
   <si>
     <t>#37 Michael Beck - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-NOS 24 (14:16) 8-Carl McCay punts 52 yards to HOU 25. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
-    <t>#10 Leonard Zerbe - WR</t>
+    <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#87 Roy Robertson - C</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - RDE</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (14:09) 26-John Madden ran to HOU 29 for 4 yards. Tackle by 24-Ronald Renfrow.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>#81 George Gagne - TE</t>
   </si>
   <si>
     <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
-    <t>#55 James Gayhart - LT</t>
+    <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#52 James Hose - LDE</t>
   </si>
   <si>
     <t>#63 John Braud - DT</t>
   </si>
   <si>
     <t>#76 Douglas Gentry - RDE</t>
   </si>
   <si>
     <t>#91 Eugene Monteith - MLB</t>
   </si>
   <si>
     <t>#24 Ronald Renfrow - WLB</t>
   </si>
   <si>
     <t>#95 Robert Jones - SS</t>
   </si>