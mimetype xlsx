--- v2 (2026-01-07)
+++ v3 (2026-02-16)
@@ -344,219 +344,219 @@
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 43-Alfredo Green ran to NOS 24 for -1 yards. Tackle by 51-George Dilbeck.</t>
   </si>
   <si>
     <t>#17 Scott Hennigan - QB</t>
   </si>
   <si>
     <t>#43 Alfredo Green - RB</t>
   </si>
   <si>
     <t>#14 Mark Ortega - WR</t>
   </si>
   <si>
     <t>#87 Hal Copeland - WR</t>
   </si>
   <si>
-    <t>#88 Joseph Brown - WR</t>
+    <t>#88 Joseph Brown - LG</t>
   </si>
   <si>
     <t>#77 Jon Rodriguez - LT</t>
   </si>
   <si>
     <t>#62 Ronald McGuffin - LG</t>
   </si>
   <si>
     <t>#60 Jesse Bryant - C</t>
   </si>
   <si>
     <t>#51 Adam Simpson - RG</t>
   </si>
   <si>
     <t>#58 John Jones - RT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#58 Justin Walton - SS</t>
+    <t>#58 Justin Walton - LDE</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - SS</t>
+    <t>#51 George Dilbeck - LDE</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - CB</t>
-[...11 lines deleted...]
-    <t>#27 Joseph Pendley - CB</t>
+    <t>#39 Ernest Williamson - LDE</t>
+  </si>
+  <si>
+    <t>#23 Jesse Macdonald - LDE</t>
+  </si>
+  <si>
+    <t>#29 Alejandro Clayton - LDE</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - LDE</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - LDE</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>NOS 24</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-11-NOS 24 (14:22) 2-Scott Hennigan pass Pass knocked down by 51-George Dilbeck. incomplete, intended for 49-Chad Haynes.</t>
   </si>
   <si>
     <t>#31 Philip Pusey - RB</t>
   </si>
   <si>
     <t>#30 Danny Martinez - FB</t>
   </si>
   <si>
-    <t>#32 Lloyd Cohen - FS</t>
+    <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Shotgun 4 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-11-NOS 24 (14:18) 2-Scott Hennigan pass Pass knocked down by 32-Lloyd Cohen. incomplete, intended for 87-Hal Copeland.</t>
   </si>
   <si>
     <t>#81 James Pate - WR</t>
   </si>
   <si>
     <t>#42 David Snyder - LDE</t>
   </si>
   <si>
-    <t>#40 Scotty Soler - RDE</t>
+    <t>#40 Scotty Soler - CB</t>
   </si>
   <si>
     <t>#37 Michael Beck - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-NOS 24 (14:16) 8-Carl McCay punts 52 yards to HOU 25. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#87 Roy Robertson - C</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - CB</t>
+    <t>#34 Johnny Steele - C</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (14:09) 26-John Madden ran to HOU 29 for 4 yards. Tackle by 24-Ronald Renfrow.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>#81 George Gagne - TE</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - WR</t>
+    <t>#80 Gilbert Cashman - C</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#52 James Hose - LDE</t>
   </si>
   <si>
     <t>#63 John Braud - DT</t>
   </si>
@@ -2297,112 +2297,112 @@
   </sheetPr>
   <dimension ref="A1:CD194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="324.349" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...9 lines deleted...]
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>