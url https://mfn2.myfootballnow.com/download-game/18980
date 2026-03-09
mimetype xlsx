--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -308,255 +308,255 @@
   <si>
     <t>#66 Timothy Wall - SLB</t>
   </si>
   <si>
     <t>#90 Julius Gillingham - DT</t>
   </si>
   <si>
     <t>#67 Chris Crane - RDE</t>
   </si>
   <si>
     <t>#40 Bryan Brown - SS</t>
   </si>
   <si>
     <t>#34 Peter Hail - CB</t>
   </si>
   <si>
     <t>#97 Robert Lott - FS</t>
   </si>
   <si>
     <t>#54 Bertram Blevins - MLB</t>
   </si>
   <si>
     <t>#27 Luis Pearson - CB</t>
   </si>
   <si>
-    <t>#98 Keith Williams - LDE</t>
+    <t>#52 Keith Williams - LDE</t>
   </si>
   <si>
     <t>#36 Joseph Wolf - CB</t>
   </si>
   <si>
     <t>#11 Joe Kim - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 43-Alfredo Green ran to NOS 24 for -1 yards. Tackle by 51-George Dilbeck.</t>
   </si>
   <si>
-    <t>#17 Scott Hennigan - QB</t>
+    <t>#7 Scott Hennigan - QB</t>
   </si>
   <si>
     <t>#43 Alfredo Green - RB</t>
   </si>
   <si>
     <t>#14 Mark Ortega - WR</t>
   </si>
   <si>
     <t>#87 Hal Copeland - WR</t>
   </si>
   <si>
-    <t>#88 Joseph Brown - LG</t>
+    <t>#88 Joseph Brown - WR</t>
   </si>
   <si>
     <t>#77 Jon Rodriguez - LT</t>
   </si>
   <si>
     <t>#62 Ronald McGuffin - LG</t>
   </si>
   <si>
     <t>#60 Jesse Bryant - C</t>
   </si>
   <si>
     <t>#51 Adam Simpson - RG</t>
   </si>
   <si>
     <t>#58 John Jones - RT</t>
   </si>
   <si>
     <t>#96 Frank Jones - RDE</t>
   </si>
   <si>
-    <t>#58 Justin Walton - LDE</t>
+    <t>#58 Justin Walton - SS</t>
   </si>
   <si>
     <t>#68 David Puddy - LDE</t>
   </si>
   <si>
     <t>#78 Paul Lampkin - RDE</t>
   </si>
   <si>
-    <t>#51 George Dilbeck - LDE</t>
+    <t>#51 George Dilbeck - SS</t>
   </si>
   <si>
     <t>#24 Carroll Sullivan - RDE</t>
   </si>
   <si>
-    <t>#39 Ernest Williamson - LDE</t>
-[...11 lines deleted...]
-    <t>#27 Joseph Pendley - LDE</t>
+    <t>#39 Ernest Williamson - SS</t>
+  </si>
+  <si>
+    <t>#23 Jesse Macdonald - SS</t>
+  </si>
+  <si>
+    <t>#29 Alejandro Clayton - SS</t>
+  </si>
+  <si>
+    <t>#47 Gavin Lenz - SS</t>
+  </si>
+  <si>
+    <t>#27 Joseph Pendley - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>NOS 24</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-11-NOS 24 (14:22) 2-Scott Hennigan pass Pass knocked down by 51-George Dilbeck. incomplete, intended for 49-Chad Haynes.</t>
   </si>
   <si>
     <t>#31 Philip Pusey - RB</t>
   </si>
   <si>
     <t>#30 Danny Martinez - FB</t>
   </si>
   <si>
     <t>#32 Lloyd Cohen - LDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Shotgun 4 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-11-NOS 24 (14:18) 2-Scott Hennigan pass Pass knocked down by 32-Lloyd Cohen. incomplete, intended for 87-Hal Copeland.</t>
   </si>
   <si>
     <t>#81 James Pate - WR</t>
   </si>
   <si>
-    <t>#42 David Snyder - LDE</t>
+    <t>#53 David Snyder - LDE</t>
   </si>
   <si>
     <t>#40 Scotty Soler - CB</t>
   </si>
   <si>
     <t>#37 Michael Beck - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-NOS 24 (14:16) 8-Carl McCay punts 52 yards to HOU 25. Fair Catch by 10-Leonard Zerbe.</t>
   </si>
   <si>
     <t>#8 Carl McCay - P</t>
   </si>
   <si>
     <t>#69 Troy Reed - LG</t>
   </si>
   <si>
     <t>#86 Leonard Zerbe - WR</t>
   </si>
   <si>
     <t>#87 Roy Robertson - C</t>
   </si>
   <si>
     <t>#5 Mathew Stone - CB</t>
   </si>
   <si>
     <t>#77 Napoleon Lynch - C</t>
   </si>
   <si>
     <t>#76 Jeff Mang - C</t>
   </si>
   <si>
     <t>#66 Ramon Cox - C</t>
   </si>
   <si>
-    <t>#34 Johnny Steele - C</t>
+    <t>#34 Johnny Steele - CB</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#71 Jeffery Chou - C</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (14:09) 26-John Madden ran to HOU 29 for 4 yards. Tackle by 24-Ronald Renfrow.</t>
   </si>
   <si>
     <t>#3 Ronald Hebert - QB</t>
   </si>
   <si>
     <t>#26 John Madden - C</t>
   </si>
   <si>
     <t>#81 George Gagne - TE</t>
   </si>
   <si>
-    <t>#80 Gilbert Cashman - C</t>
+    <t>#80 Gilbert Cashman - WR</t>
   </si>
   <si>
     <t>#18 Christopher Curtis - WR</t>
   </si>
   <si>
     <t>#69 John Spencer - C</t>
   </si>
   <si>
     <t>#56 Elmer Corlew - RG</t>
   </si>
   <si>
     <t>#71 James Gayhart - LT</t>
   </si>
   <si>
     <t>#3 Troy Briggs - C</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#52 James Hose - LDE</t>
   </si>
   <si>
     <t>#63 John Braud - DT</t>
   </si>
@@ -2293,116 +2293,116 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="324.349" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>