--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -290,150 +290,150 @@
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Roger Rodriguez kicks 75 yards from JAX 35 to LOS -10. Touchback.</t>
   </si>
   <si>
     <t>#39 Jordon Thompson - RB</t>
   </si>
   <si>
     <t>#90 Frank Gayle - WLB</t>
   </si>
   <si>
     <t>#75 George Fodor - RDE</t>
   </si>
   <si>
-    <t>#94 Michael Smart - RDE</t>
+    <t>#76 Michael Smart - RDE</t>
   </si>
   <si>
     <t>#55 Mark White - RDE</t>
   </si>
   <si>
     <t>#42 Carl Jiang - CB</t>
   </si>
   <si>
-    <t>#97 Jacob Chow - MLB</t>
+    <t>#98 Jacob Chow - MLB</t>
   </si>
   <si>
     <t>#93 Joshua McMahon - DT</t>
   </si>
   <si>
     <t>#29 Douglas Antoine - CB</t>
   </si>
   <si>
     <t>#95 Randy Friesen - MLB</t>
   </si>
   <si>
     <t>#35 Ron Hodges - CB</t>
   </si>
   <si>
     <t>#7 Roger Rodriguez - K</t>
   </si>
   <si>
     <t>LOS</t>
   </si>
   <si>
     <t>LOS 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LOS 25 (15:00) 2-Daniel Delacruz pass complete to 41-Brent Hutcherson to LOS 29 for 4 yards. Tackle by 99-Steven Wilkerson.</t>
   </si>
   <si>
     <t>#2 Daniel Delacruz - QB</t>
   </si>
   <si>
     <t>#40 Nathan Coleman - RB</t>
   </si>
   <si>
     <t>#41 Brent Hutcherson - FB</t>
   </si>
   <si>
-    <t>#82 Marc Garrett - TE</t>
+    <t>#81 Marc Garrett - TE</t>
   </si>
   <si>
     <t>#81 George Gagne - TE</t>
   </si>
   <si>
     <t>#59 David Griffin - LT</t>
   </si>
   <si>
     <t>#67 Russell Frederick - LG</t>
   </si>
   <si>
-    <t>#64 Thomas Wright - LT</t>
+    <t>#65 Thomas Wright - LG</t>
   </si>
   <si>
     <t>#52 Richard Galloway - LT</t>
   </si>
   <si>
-    <t>#66 Michael Edmiston - RG</t>
+    <t>#54 Michael Edmiston - RG</t>
   </si>
   <si>
     <t>#93 Robert Freeman - LDE</t>
   </si>
   <si>
     <t>#67 John Ford - RDE</t>
   </si>
   <si>
     <t>#97 Donald Duquette - DT</t>
   </si>
   <si>
     <t>#95 James Mendoza - DT</t>
   </si>
   <si>
     <t>#72 Dennis Evatt - RDE</t>
   </si>
   <si>
     <t>#98 Steven Horton - SLB</t>
   </si>
   <si>
     <t>#98 Michael Shuman - MLB</t>
   </si>
   <si>
     <t>#99 Steven Wilkerson - WLB</t>
   </si>
   <si>
-    <t>#41 Miguel Fleming - CB</t>
-[...2 lines deleted...]
-    <t>#24 Michael Michael - CB</t>
+    <t>#22 Miguel Fleming - CB</t>
+  </si>
+  <si>
+    <t>#28 Michael Michael - CB</t>
   </si>
   <si>
     <t>#49 Ralph Dehart - SS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>LOS 29</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-6-LOS 29 (14:22) 2-Daniel Delacruz pass Pass knocked down by 41-Miguel Fleming. incomplete, intended for 39-Jordon Thompson. Pressure by 72-Dennis Evatt. 98-Michael Shuman got away with a hold on that play. 53-Steven Horton got away with a hold on that play.</t>
   </si>
   <si>
     <t>#19 Timothy Salcedo - WR</t>
   </si>
   <si>
     <t>#16 Richard Reyna - WR</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>LOS 46</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-LOS 46 (12:45) 2-Daniel Delacruz pass complete to 28-Nathan Coleman to LOS 48 for 2 yards. Tackle by 49-Ralph Dehart.</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>LOS 48</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-LOS 48 (12:01) 2-Daniel Delacruz pass complete to 16-Richard Reyna to LOS 50 for 1 yards. Tackle by 24-Michael Michael. 16-Richard Reyna did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#90 Donald Beauchamp - MLB</t>
+    <t>#51 Donald Beauchamp - MLB</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>LOS 50</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-9-LOS 50 (11:24) 2-Daniel Delacruz pass complete to 82-Marc Garrett to JAX 34 for 16 yards. Tackle by 53-Steven Horton.</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>JAX 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -626,63 +626,63 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:52) Extra point GOOD by 1-Samuel Johnson. LOS 7 JAX 0</t>
   </si>
   <si>
     <t>#82 William Torrence - TE</t>
   </si>
   <si>
     <t>#1 Samuel Johnson - K</t>
   </si>
   <si>
     <t>#50 Richard Tran - WLB</t>
   </si>
   <si>
     <t>#74 Curtis Pickens - LT</t>
   </si>
   <si>
     <t>#71 Leonard Edgell - RDE</t>
   </si>
   <si>
     <t>#94 John Costa - SLB</t>
   </si>
   <si>
-    <t>#52 Pablo Pickett - MLB</t>
+    <t>#90 Pablo Pickett - MLB</t>
   </si>
   <si>
     <t>LOS 35</t>
   </si>
   <si>
     <t>(7:52) 1-Samuel Johnson kicks 64 yards from LOS 35 to JAX 1. 20-Conrad Escalante to JAX 32 for 31 yards. Tackle by 94-Michael Smart. 94-John Costa totally missed that block.</t>
   </si>
   <si>
     <t>#20 Conrad Escalante - RB</t>
   </si>
   <si>
-    <t>#87 Hector Callahan - WR</t>
+    <t>#12 Hector Callahan - WR</t>
   </si>
   <si>
     <t>#68 Nathaniel Sutton - C</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-JAX 32 (7:47) 36-John Bates ran to JAX 35 for 3 yards. Tackle by 95-Jacob Chow. PENALTY - Offsides (LOS 94-Michael Smart)</t>
   </si>
   <si>
     <t>#8 William Owens - QB</t>
   </si>
   <si>
     <t>#36 John Bates - RB</t>
   </si>
   <si>
     <t>#81 Peter Covington - TE</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>LOS 45</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-2-LOS 45 (5:13) 36-John Bates ran for 45 yards. TOUCHDOWN! LOS 7 JAX 6</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>LOS 15</t>
   </si>
   <si>
     <t>(5:05) Extra point GOOD by 7-Roger Rodriguez. LOS 7 JAX 7</t>
   </si>
   <si>
     <t>#10 Michael Bourassa - P</t>
   </si>
   <si>
-    <t>#76 Dudley Hans - LT</t>
+    <t>#55 Dudley Hans - LT</t>
   </si>
   <si>
     <t>#75 Steven Zander - RT</t>
   </si>
   <si>
     <t>#79 John Williams - DT</t>
   </si>
   <si>
     <t>#50 Norris Hixson - MLB</t>
   </si>
   <si>
     <t>(5:05) 7-Roger Rodriguez kicks 64 yards from JAX 35 to LOS 1. 39-Jordon Thompson to LOS 34 for 34 yards. Tackle by 7-Roger Rodriguez.</t>
   </si>
   <si>
     <t>#24 Benjamin Tenney - CB</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
   <si>
     <t>LOS 34</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>