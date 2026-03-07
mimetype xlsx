--- v1 (2025-12-17)
+++ v2 (2026-03-07)
@@ -1001,51 +1001,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-LOS 34 (12:55) 20-Conrad Escalante ran to LOS 30 for 4 yards. Tackle by 53-Richard Tran.</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>LOS 30</t>
   </si>
   <si>
     <t>3-5-LOS 30 (12:19) 20-Conrad Escalante ran to LOS 19 for 11 yards. Tackle by 42-Carl Jiang. LOS 42-Carl Jiang was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>LOS 19</t>
   </si>
   <si>
     <t>1-10-LOS 19 (11:35) 39-Scott Bryant ran to LOS 13 for 6 yards. Tackle by 98-Randy Friesen.</t>
   </si>
   <si>
-    <t>#47 Paul Cullen - CB</t>
+    <t>#35 Paul Cullen - CB</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>LOS 13</t>
   </si>
   <si>
     <t>2-4-LOS 13 (11:02) 20-Conrad Escalante ran to LOS 12 for 1 yards. Tackle by 62-Joshua McMahon.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>LOS 12</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>3-3-LOS 12 (10:25) 39-Scott Bryant ran to LOS 7 for 4 yards. Tackle by 22-Alonzo Suzuki.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>