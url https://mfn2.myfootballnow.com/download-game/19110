--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PIT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Nathaniel Mendez kicks 74 yards from PHI 35 to PIT -9. Touchback.</t>
   </si>
   <si>
-    <t>#33 David Stewart - RB</t>
+    <t>#27 David Stewart - RB</t>
   </si>
   <si>
     <t>#25 Mike Kelly - CB</t>
   </si>
   <si>
     <t>#37 John Arehart - CB</t>
   </si>
   <si>
     <t>#98 Ronald Johnston - RDE</t>
   </si>
   <si>
     <t>#91 Ralph Hammer - LDE</t>
   </si>
   <si>
     <t>#78 Gene Lee - RDE</t>
   </si>
   <si>
     <t>#97 Ronald Lawson - WLB</t>
   </si>
   <si>
     <t>#71 Troy Nieves - LDE</t>
   </si>
   <si>
     <t>#28 Jose Garner - CB</t>
   </si>
@@ -344,57 +344,57 @@
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 19-Kim Dias pass Pass knocked down by 21-George Strickland. incomplete, intended for 16-Randall Hernandez.</t>
   </si>
   <si>
     <t>#19 Kim Dias - QB</t>
   </si>
   <si>
     <t>#42 Donald Green - FB</t>
   </si>
   <si>
     <t>#81 Willard Welsh - TE</t>
   </si>
   <si>
     <t>#16 Randall Hernandez - WR</t>
   </si>
   <si>
-    <t>#84 Lonnie Ragan - WR</t>
+    <t>#17 Lonnie Ragan - WR</t>
   </si>
   <si>
     <t>#68 William Spinelli - LT</t>
   </si>
   <si>
-    <t>#66 Woodrow Lingerfelt - LG</t>
+    <t>#53 Woodrow Lingerfelt - LG</t>
   </si>
   <si>
     <t>#59 Eric Keil - C</t>
   </si>
   <si>
     <t>#61 Gary McBee - RG</t>
   </si>
   <si>
     <t>#56 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#52 Gary Beasley - LDE</t>
   </si>
   <si>
     <t>#90 Wendell Swenson - DT</t>
   </si>
   <si>
     <t>#70 Brian Randolph - RDE</t>
   </si>
   <si>
     <t>#98 Ricky Mahoney - RDE</t>
   </si>
   <si>
     <t>#54 James Price - SLB</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-PIT 35 (14:19) 33-David Stewart ran to PIT 38 for 3 yards. Tackle by 96-Richard Sandiford. PIT 68-William Spinelli was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>PIT 38</t>
   </si>
   <si>
     <t>Weak I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-PIT 38 (13:40) 84-Lonnie Ragan ran to PIT 41 for 3 yards. Tackle by 98-Ricky Mahoney. 42-Donald Green missed that block completely. PHI 21-George Strickland was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 Peter Sheets - TE</t>
   </si>
   <si>
-    <t>#73 Garry McBee - LT</t>
+    <t>#61 Garry McBee - LT</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>PIT 41</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4-PIT 41 (13:07) 19-Kim Dias pass complete to 33-David Stewart to PHI 50 for 9 yards. Tackle by 29-John Jain.</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>PHI 50</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -545,117 +545,117 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-22-PIT 38 (11:41) 19-Kim Dias pass complete to 33-David Stewart to PIT 44 for 5 yards. Tackle by 54-James Price.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>PIT 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-PIT 44 (10:55) 10-George Denker punts 61 yards to PHI -5.4-16-PIT 44 (10:55) 10-George Denker punts 61 yards to PHI -5. Touchback.</t>
   </si>
   <si>
     <t>#10 George Denker - P</t>
   </si>
   <si>
-    <t>#88 Tommy Bishop - WR</t>
+    <t>#86 Tommy Bishop - WR</t>
   </si>
   <si>
     <t>#22 Leon Snow - RB</t>
   </si>
   <si>
     <t>#60 John Hessler - LG</t>
   </si>
   <si>
     <t>#54 Duane Green - RT</t>
   </si>
   <si>
     <t>#51 Keith Roser - LT</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-PHI 20 (10:47) 22-Michael Bromley ran to PHI 24 for 4 yards. Tackle by 97-Ronald Lawson.</t>
   </si>
   <si>
     <t>#5 Myron Davis - QB</t>
   </si>
   <si>
     <t>#39 Michael Bromley - RB</t>
   </si>
   <si>
     <t>#35 Seymour Belcher - FB</t>
   </si>
   <si>
     <t>#81 Floyd Morris - TE</t>
   </si>
   <si>
     <t>#13 William Ives - WR</t>
   </si>
   <si>
     <t>#67 Edward Register - LT</t>
   </si>
   <si>
     <t>#79 Keith Ferguson - LG</t>
   </si>
   <si>
-    <t>#62 Kenneth Fishburn - C</t>
+    <t>#75 Kenneth Fishburn - C</t>
   </si>
   <si>
     <t>#71 Gary Fogel - RG</t>
   </si>
   <si>
     <t>#56 Joseph Allen - LT</t>
   </si>
   <si>
-    <t>#90 Bret Pasley - LDE</t>
+    <t>#74 Bret Pasley - LDE</t>
   </si>
   <si>
     <t>#54 Alan Lara - DT</t>
   </si>
   <si>
-    <t>#51 Matthew Drennen - DT</t>
-[...2 lines deleted...]
-    <t>#57 Charles Romero - SLB</t>
+    <t>#99 Matthew Drennen - DT</t>
+  </si>
+  <si>
+    <t>#58 Charles Romero - SLB</t>
   </si>
   <si>
     <t>#93 Harris Cruz - MLB</t>
   </si>
   <si>
     <t>#36 Willie Belcher - SS</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>PHI 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>2-6-PHI 24 (10:06) 22-Michael Bromley ran to PHI 34 for 10 yards. Tackle by 36-Willie Belcher.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>PHI 34</t>
   </si>
@@ -683,69 +683,69 @@
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-9-PHI 34 (8:47) 5-Myron Davis pass complete to 13-William Ives to PHI 46 for 12 yards. Tackle by 93-Harris Cruz. PHI 79-Keith Ferguson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>PHI 46</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-PHI 46 (8:12) 5-Myron Davis sacked at PHI 43 for -3 yards (98-Ronald Johnston). Sack allowed by 67-Edward Register.</t>
   </si>
   <si>
-    <t>#15 Shawn Ray - WR</t>
+    <t>#87 Shawn Ray - WR</t>
   </si>
   <si>
     <t>#14 Anthony Johnson - WR</t>
   </si>
   <si>
-    <t>#61 Brett Bibeau - LG</t>
+    <t>#60 Brett Bibeau - LT</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>PHI 43</t>
   </si>
   <si>
     <t>2-13-PHI 43 (7:36) 5-Myron Davis pass complete to 35-Seymour Belcher to PHI 46 for 3 yards. Tackle by 38-Edward Almeida.</t>
   </si>
   <si>
-    <t>#5 Michael Tapley - FS</t>
+    <t>#5 Michael Tapley - CB</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-10-PHI 46 (6:54) 5-Myron Davis pass complete to 35-Seymour Belcher to PIT 39 for 15 yards.</t>
   </si>
   <si>
     <t>#92 Charlie Vega - MLB</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>PIT 39</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
@@ -1733,51 +1733,51 @@
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>(3:50) 3-Nathaniel Mendez kicks 72 yards from PHI 35 to PIT -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-PIT 25 (3:50) 19-Kim Dias sacked at PIT 17 for -8 yards (36-Armando Semon)</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>2-18-PIT 17 (3:29) 19-Kim Dias pass complete to 81-Willard Welsh to PHI 45 for 37 yards. Tackle by 54-James Price.</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-PHI 45 (3:07) 19-Kim Dias sacked at PIT 45 for -10 yards (98-Ricky Mahoney). Sack allowed by 68-William Spinelli. 68-William Spinelli was completely beat on that play.</t>
   </si>
   <si>
-    <t>#97 Russell Kennedy - MLB</t>
+    <t>#54 Russell Kennedy - MLB</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>2-20-PIT 45 (2:41) 19-Kim Dias pass incomplete, intended for 88-Bernard Braithwaite. Pressure by 98-Ricky Mahoney. PHI 70-Brian Randolph was injured on the play.</t>
   </si>
   <si>
     <t>2:35</t>
   </si>
   <si>
     <t>3-20-PIT 45 (2:36) 19-Kim Dias pass Pass knocked down by 96-Richard Sandiford. incomplete, intended for 84-Lonnie Ragan. PIT 59-Eric Keil was injured on the play.</t>
   </si>
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>4-20-PIT 45 (2:33) 10-George Denker punts 48 yards to PHI 7. PENALTY - Holding (PIT 66-Woodrow Lingerfelt) (Declined) PENALTY - Holding (PIT 66-Woodrow Lingerfelt)</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>4-30-PIT 35 (2:23) 10-George Denker punts 50 yards to PHI 15. 88-Tommy Bishop to PHI 22 for 7 yards. Tackle by 28-Jose Garner. PIT 68-William Spinelli was injured on the play.</t>
   </si>