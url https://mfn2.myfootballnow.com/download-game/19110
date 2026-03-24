--- v1 (2025-12-23)
+++ v2 (2026-03-24)
@@ -356,54 +356,54 @@
   <si>
     <t>#19 Kim Dias - QB</t>
   </si>
   <si>
     <t>#42 Donald Green - FB</t>
   </si>
   <si>
     <t>#81 Willard Welsh - TE</t>
   </si>
   <si>
     <t>#16 Randall Hernandez - WR</t>
   </si>
   <si>
     <t>#17 Lonnie Ragan - WR</t>
   </si>
   <si>
     <t>#68 William Spinelli - LT</t>
   </si>
   <si>
     <t>#53 Woodrow Lingerfelt - LG</t>
   </si>
   <si>
     <t>#59 Eric Keil - C</t>
   </si>
   <si>
-    <t>#61 Gary McBee - RG</t>
-[...2 lines deleted...]
-    <t>#56 Johnathan Thompson - RT</t>
+    <t>#75 Gary McBee - RG</t>
+  </si>
+  <si>
+    <t>#71 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#52 Gary Beasley - LDE</t>
   </si>
   <si>
     <t>#90 Wendell Swenson - DT</t>
   </si>
   <si>
     <t>#70 Brian Randolph - RDE</t>
   </si>
   <si>
     <t>#98 Ricky Mahoney - RDE</t>
   </si>
   <si>
     <t>#54 James Price - SLB</t>
   </si>
   <si>
     <t>#96 Richard Sandiford - MLB</t>
   </si>
   <si>
     <t>#93 James Carpenter - WLB</t>
   </si>
   <si>
     <t>#21 George Strickland - CB</t>
   </si>
@@ -509,87 +509,87 @@
   <si>
     <t>PIT 40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-20-PIT 40 (12:21) 19-Kim Dias pass incomplete, dropped by 16-Randall Hernandez.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-20-PIT 40 (12:17) 84-Lonnie Ragan ran to PIT 38 for -2 yards. Tackle by 54-James Price.</t>
   </si>
   <si>
-    <t>#47 Jeffrey Moore - FB</t>
+    <t>#24 Jeffrey Moore - RB</t>
   </si>
   <si>
     <t>#91 Mark Lanier - WLB</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-22-PIT 38 (11:41) 19-Kim Dias pass complete to 33-David Stewart to PIT 44 for 5 yards. Tackle by 54-James Price.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>PIT 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-PIT 44 (10:55) 10-George Denker punts 61 yards to PHI -5.4-16-PIT 44 (10:55) 10-George Denker punts 61 yards to PHI -5. Touchback.</t>
   </si>
   <si>
-    <t>#10 George Denker - P</t>
-[...2 lines deleted...]
-    <t>#86 Tommy Bishop - WR</t>
+    <t>#7 George Denker - P</t>
+  </si>
+  <si>
+    <t>#18 Tommy Bishop - WR</t>
   </si>
   <si>
     <t>#22 Leon Snow - RB</t>
   </si>
   <si>
     <t>#60 John Hessler - LG</t>
   </si>
   <si>
     <t>#54 Duane Green - RT</t>
   </si>
   <si>
     <t>#51 Keith Roser - LT</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-PHI 20 (10:47) 22-Michael Bromley ran to PHI 24 for 4 yards. Tackle by 97-Ronald Lawson.</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>#39 Michael Bromley - RB</t>
   </si>
   <si>
     <t>#35 Seymour Belcher - FB</t>
   </si>
   <si>
     <t>#81 Floyd Morris - TE</t>
   </si>
   <si>
     <t>#13 William Ives - WR</t>
   </si>
   <si>
     <t>#67 Edward Register - LT</t>
   </si>
   <si>
     <t>#79 Keith Ferguson - LG</t>
   </si>
   <si>
     <t>#75 Kenneth Fishburn - C</t>
   </si>
   <si>
     <t>#71 Gary Fogel - RG</t>
   </si>
   <si>
-    <t>#56 Joseph Allen - LT</t>
+    <t>#79 Joseph Allen - LT</t>
   </si>
   <si>
     <t>#74 Bret Pasley - LDE</t>
   </si>
   <si>
     <t>#54 Alan Lara - DT</t>
   </si>
   <si>
     <t>#99 Matthew Drennen - DT</t>
   </si>
   <si>
     <t>#58 Charles Romero - SLB</t>
   </si>
   <si>
     <t>#93 Harris Cruz - MLB</t>
   </si>
   <si>
     <t>#36 Willie Belcher - SS</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>PHI 24</t>
   </si>
@@ -2178,51 +2178,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="357.341" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>