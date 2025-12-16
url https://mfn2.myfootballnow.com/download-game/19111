--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -374,75 +374,75 @@
   <si>
     <t>#86 Shane Hinson - TE</t>
   </si>
   <si>
     <t>#57 David Taylor - LT</t>
   </si>
   <si>
     <t>#63 Glen Knutson - C</t>
   </si>
   <si>
     <t>#77 Frederick Toomey - C</t>
   </si>
   <si>
     <t>#67 Thomas Owens - RG</t>
   </si>
   <si>
     <t>#74 Felix Kirk - RT</t>
   </si>
   <si>
     <t>#66 Thomas Gonzales - LDE</t>
   </si>
   <si>
     <t>#94 Eric Vick - RDE</t>
   </si>
   <si>
-    <t>#75 James Baldwin - LDE</t>
+    <t>#73 James Baldwin - LDE</t>
   </si>
   <si>
     <t>#99 Raul Cardoza - DT</t>
   </si>
   <si>
     <t>#99 Dorsey Beard - DT</t>
   </si>
   <si>
     <t>#37 Anthony Wasserman - FS</t>
   </si>
   <si>
     <t>#59 John Nunnery - MLB</t>
   </si>
   <si>
     <t>#55 Daniel Butterfield - MLB</t>
   </si>
   <si>
     <t>#44 Kyle Taylor - CB</t>
   </si>
   <si>
     <t>#25 Clayton White - CB</t>
   </si>
   <si>
-    <t>#21 Roy Roach - FS</t>
+    <t>#46 Roy Roach - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>SEA 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-7-SEA 24 (14:12) 5-Ronald Holley pass complete to 46-Robert Lewis to SEA 36 for 12 yards. Tackle by 58-Anthony Wasserman.</t>
   </si>
   <si>
     <t>#7 Joe Wright - WR</t>
   </si>
   <si>
     <t>#14 Lewis Dennis - WR</t>
   </si>
   <si>
     <t>#67 Gilbert Schutz - DT</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#71 Danny Abbott - LT</t>
   </si>
   <si>
     <t>#76 Thomas Rawlins - LT</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>#55 Curtis Skipworth - RG</t>
   </si>
   <si>
     <t>#68 Teddy Turcios - LG</t>
   </si>
   <si>
     <t>#94 Fred Nester - LDE</t>
   </si>
   <si>
     <t>#65 Kenneth Martinez - LDE</t>
   </si>
   <si>
     <t>#92 Timothy Aguirre - DT</t>
   </si>
   <si>
-    <t>#51 Alvin Haggard - RDE</t>
+    <t>#67 Alvin Haggard - RDE</t>
   </si>
   <si>
     <t>#59 John Gibbens - WLB</t>
   </si>
   <si>
     <t>#31 Lester Means - CB</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>2-10-SFO 15 (12:40) 35-Carlos Stehle ran to SFO 42 for 26 yards. Tackle by 31-Lester Means.</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>SFO 42</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-SFO 42 (11:52) 9-Marvin Morgan pass incomplete, intended for 34-James Smith.</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-SFO 42 (11:49) 35-Carlos Stehle ran to SFO 43 for 1 yards. Tackle by 94-Ben Wyatt.</t>
   </si>
   <si>
     <t>#22 Brad Fultz - FS</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>SFO 43</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-9-SFO 43 (11:10) 9-Marvin Morgan pass complete to 35-Carlos Stehle to SEA 49 for 8 yards. Tackle by 59-John Gibbens. SEA 58-Robert Peltier was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#84 Thomas Hernandez - WR</t>
+    <t>#13 Thomas Hernandez - WR</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>SEA 49</t>
   </si>
   <si>
     <t>4-1-SEA 49 (10:31) 11-James Militello punts 41 yards to SEA 8. SFO 73-Michael Richman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 James Militello - P</t>
   </si>
   <si>
     <t>#51 Michael Greenwood - C</t>
   </si>
   <si>
     <t>#73 Riley Sullivan - LT</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>SEA 8</t>
   </si>
@@ -1052,51 +1052,51 @@
   <si>
     <t>SEA 1</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>3-1-SEA 1 (8:35) 35-Carlos Stehle ran to SEA 0 for 1 yards. Tackle by 59-John Gibbens.</t>
   </si>
   <si>
     <t>#12 Philip Malone - WR</t>
   </si>
   <si>
     <t>#88 Shannon Gresham - WR</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>SEA 0</t>
   </si>
   <si>
     <t>4-1-SEA 0 (8:03) 3-Albert Ward 19 yard field goal is GOOD. SEA 3 SFO 3</t>
   </si>
   <si>
-    <t>#77 Charley Waggoner - RT</t>
+    <t>#63 Charley Waggoner - RT</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>(8:01) 3-Albert Ward kicks 72 yards from SFO 35 to SEA -7. Touchback.</t>
   </si>
   <si>
     <t>#83 Michael Pogue - WR</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>I Formation Normal TE Out</t>
   </si>
   <si>
     <t>1-10-SEA 25 (8:01) 5-Ronald Holley pass incomplete, intended for 87-Mark Jones.</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>2-10-SEA 25 (7:56) 5-Ronald Holley pass complete to 14-Lewis Dennis to SEA 35 for 10 yards. Tackle by 25-Clayton White.</t>
   </si>