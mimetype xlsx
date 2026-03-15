--- v1 (2025-12-16)
+++ v2 (2026-03-15)
@@ -284,60 +284,60 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>SEA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Albert Ward kicks 69 yards from SFO 35 to SEA -4. 88-Everette Stone to SEA 21 for 25 yards. Tackle by 27-Thomas Lowry. SEA 88-Everette Stone was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#88 Everette Stone - WR</t>
   </si>
   <si>
-    <t>#28 Kenneth Burch - SS</t>
+    <t>#31 Kenneth Burch - SS</t>
   </si>
   <si>
     <t>#99 Hal Abbott - SLB</t>
   </si>
   <si>
     <t>#33 Edwin Hoerner - CB</t>
   </si>
   <si>
-    <t>#56 John Acevedo - MLB</t>
+    <t>#55 John Acevedo - MLB</t>
   </si>
   <si>
     <t>#20 Steven Robin - CB</t>
   </si>
   <si>
     <t>#73 William Dickson - RDE</t>
   </si>
   <si>
     <t>#53 Robert Peltier - MLB</t>
   </si>
   <si>
     <t>#70 Ben Wyatt - DT</t>
   </si>
   <si>
     <t>#96 James Haffner - MLB</t>
   </si>
   <si>
     <t>#53 Pedro Randazzo - MLB</t>
   </si>
   <si>
     <t>#3 Albert Ward - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
@@ -374,69 +374,69 @@
   <si>
     <t>#86 Shane Hinson - TE</t>
   </si>
   <si>
     <t>#57 David Taylor - LT</t>
   </si>
   <si>
     <t>#63 Glen Knutson - C</t>
   </si>
   <si>
     <t>#77 Frederick Toomey - C</t>
   </si>
   <si>
     <t>#67 Thomas Owens - RG</t>
   </si>
   <si>
     <t>#74 Felix Kirk - RT</t>
   </si>
   <si>
     <t>#66 Thomas Gonzales - LDE</t>
   </si>
   <si>
     <t>#94 Eric Vick - RDE</t>
   </si>
   <si>
-    <t>#73 James Baldwin - LDE</t>
+    <t>#57 James Baldwin - LDE</t>
   </si>
   <si>
     <t>#99 Raul Cardoza - DT</t>
   </si>
   <si>
     <t>#99 Dorsey Beard - DT</t>
   </si>
   <si>
     <t>#37 Anthony Wasserman - FS</t>
   </si>
   <si>
     <t>#59 John Nunnery - MLB</t>
   </si>
   <si>
     <t>#55 Daniel Butterfield - MLB</t>
   </si>
   <si>
-    <t>#44 Kyle Taylor - CB</t>
+    <t>#43 Kyle Taylor - CB</t>
   </si>
   <si>
     <t>#25 Clayton White - CB</t>
   </si>
   <si>
     <t>#46 Roy Roach - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>SEA 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-7-SEA 24 (14:12) 5-Ronald Holley pass complete to 46-Robert Lewis to SEA 36 for 12 yards. Tackle by 58-Anthony Wasserman.</t>
   </si>
   <si>
     <t>#7 Joe Wright - WR</t>
   </si>
@@ -500,99 +500,99 @@
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-SEA 36 (13:23) 15-Michael Dufresne punts 48 yards to SFO 15. Fair Catch by 18-Eugene Humiston.</t>
   </si>
   <si>
     <t>#15 Michael Dufresne - P</t>
   </si>
   <si>
     <t>#18 Eugene Humiston - WR</t>
   </si>
   <si>
     <t>#27 Thomas Lowry - FS</t>
   </si>
   <si>
     <t>#23 Richard Fransen - SS</t>
   </si>
   <si>
-    <t>#69 Samuel McPhearson - RG</t>
+    <t>#71 Samuel McPhearson - LT</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
   <si>
     <t>SFO 15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-SFO 15 (13:17) 35-Carlos Stehle ran to SFO 15 for a short loss. Tackle by 92-Timothy Aguirre.</t>
   </si>
   <si>
     <t>#9 Marvin Morgan - QB</t>
   </si>
   <si>
     <t>#18 Carlos Stehle - WR</t>
   </si>
   <si>
     <t>#31 Robin Banks - RB</t>
   </si>
   <si>
     <t>#87 Troy Garcia - FB</t>
   </si>
   <si>
     <t>#34 James Smith - TE</t>
   </si>
   <si>
     <t>#81 Thomas Crossman - TE</t>
   </si>
   <si>
     <t>#71 Danny Abbott - LT</t>
   </si>
   <si>
     <t>#76 Thomas Rawlins - LT</t>
   </si>
   <si>
     <t>#63 Michael Richman - C</t>
   </si>
   <si>
     <t>#55 Curtis Skipworth - RG</t>
   </si>
   <si>
-    <t>#68 Teddy Turcios - LG</t>
+    <t>#68 Teddy Turcios - C</t>
   </si>
   <si>
     <t>#94 Fred Nester - LDE</t>
   </si>
   <si>
     <t>#65 Kenneth Martinez - LDE</t>
   </si>
   <si>
     <t>#92 Timothy Aguirre - DT</t>
   </si>
   <si>
     <t>#67 Alvin Haggard - RDE</t>
   </si>
   <si>
     <t>#59 John Gibbens - WLB</t>
   </si>
   <si>
     <t>#31 Lester Means - CB</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>2-10-SFO 15 (12:40) 35-Carlos Stehle ran to SFO 42 for 26 yards. Tackle by 31-Lester Means.</t>
   </si>