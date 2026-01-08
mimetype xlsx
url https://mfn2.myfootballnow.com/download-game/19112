--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -344,99 +344,99 @@
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 88-Jesse Lucius ran to TEN 26 for 1 yards. Tackle by 54-Maurice Maldonado.</t>
   </si>
   <si>
     <t>#8 Victor Thompson - QB</t>
   </si>
   <si>
     <t>#34 Brian Mendoza - FB</t>
   </si>
   <si>
     <t>#85 Jake Garay - TE</t>
   </si>
   <si>
     <t>#17 Dan Walker - WR</t>
   </si>
   <si>
-    <t>#89 Michael Williams - WR</t>
+    <t>#88 Michael Williams - WR</t>
   </si>
   <si>
     <t>#68 Travis Burke - LT</t>
   </si>
   <si>
     <t>#51 Michael Gardner - LG</t>
   </si>
   <si>
-    <t>#56 Clayton Andrews - C</t>
+    <t>#75 Clayton Andrews - C</t>
   </si>
   <si>
     <t>#78 Victor Shears - LG</t>
   </si>
   <si>
     <t>#56 Claud Sanford - RT</t>
   </si>
   <si>
-    <t>#94 Ronald Torres - LDE</t>
-[...2 lines deleted...]
-    <t>#61 Jeffery Parvin - DT</t>
+    <t>#77 Ronald Torres - LDE</t>
+  </si>
+  <si>
+    <t>#92 Jeffery Parvin - DT</t>
   </si>
   <si>
     <t>#52 John Borders - DT</t>
   </si>
   <si>
-    <t>#59 Michael Fryer - RDE</t>
+    <t>#68 Michael Fryer - RDE</t>
   </si>
   <si>
     <t>#50 Michael Piccolo - SLB</t>
   </si>
   <si>
-    <t>#90 Javier Schmidt - MLB</t>
+    <t>#54 Javier Schmidt - MLB</t>
   </si>
   <si>
     <t>#54 Maurice Maldonado - WLB</t>
   </si>
   <si>
-    <t>#44 Juan Richter - CB</t>
+    <t>#25 Juan Richter - CB</t>
   </si>
   <si>
     <t>#22 Frank Bronson - SS</t>
   </si>
   <si>
     <t>#45 Greg Salazar - SS</t>
   </si>
   <si>
-    <t>#35 Michael Jackson - FS</t>
+    <t>#20 Michael Jackson - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>TEN 26</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-9-TEN 26 (14:17) 8-Victor Thompson pass Pass knocked down by 50-Michael Piccolo. incomplete, intended for 85-Jake Garay. 33-Frank Bronson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#20 Timothy Stevens - RB</t>
   </si>
   <si>
     <t>#98 Robert Roush - LDE</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>3-9-TEN 26 (14:14) 8-Victor Thompson pass complete to 85-Jake Garay to TEN 33 for 8 yards. Tackle by 90-Javier Schmidt.</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-TEN 33 (13:35) 1-Michael Rowan punts 51 yards to IND 16. 11-Roderick Taylor to IND 26 for 10 yards. Tackle by 58-Mark Wells. PENALTY - Offsides (IND 66-John Inman)</t>
   </si>
   <si>
     <t>#1 Michael Rowan - P</t>
   </si>
   <si>
     <t>#11 Roderick Taylor - WR</t>
   </si>
   <si>
-    <t>#89 John Melo - TE</t>
+    <t>#88 John Melo - TE</t>
   </si>
   <si>
     <t>#56 Jon Brandon - SLB</t>
   </si>
   <si>
     <t>#72 Eduardo Rosen - RG</t>
   </si>
   <si>
     <t>#66 John Inman - RDE</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>TEN 38</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 38 (13:26) 88-Jesse Lucius ran to TEN 40 for 2 yards. Tackle by 90-Javier Schmidt.</t>
   </si>
   <si>
     <t>#53 John Pegues - MLB</t>
   </si>
@@ -680,81 +680,81 @@
   <si>
     <t>#48 Larry Fulks - FB</t>
   </si>
   <si>
     <t>#85 Neil Daniel - TE</t>
   </si>
   <si>
     <t>#83 Mark Pelt - WR</t>
   </si>
   <si>
     <t>#60 Brett Toomey - LT</t>
   </si>
   <si>
     <t>#62 Steven Parker - RG</t>
   </si>
   <si>
     <t>#79 Bob Blackwell - C</t>
   </si>
   <si>
     <t>#57 Jason Brown - RG</t>
   </si>
   <si>
     <t>#65 Paul Garrison - RT</t>
   </si>
   <si>
-    <t>#90 Robert Pierce - DT</t>
+    <t>#58 Robert Pierce - DT</t>
   </si>
   <si>
     <t>#79 Shawn Banker - DT</t>
   </si>
   <si>
-    <t>#93 Eric Ramos - MLB</t>
+    <t>#54 Eric Ramos - MLB</t>
   </si>
   <si>
     <t>#27 Geoffrey Hutchinson - CB</t>
   </si>
   <si>
     <t>#31 Timothy Peeler - CB</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-IND 23 (10:36) 10-David Evers pass complete to 14-Daniel Knott to IND 26 for 3 yards. Tackle by 58-Mark Wells.</t>
   </si>
   <si>
     <t>#82 Daniel Knott - WR</t>
   </si>
   <si>
     <t>#19 Darrell Cunningham - WR</t>
   </si>
   <si>
-    <t>#25 Randy Smith - FS</t>
+    <t>#39 Randy Smith - FS</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>IND 26</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-7-IND 26 (9:53) 10-David Evers pass Pass knocked down by 27-Geoffrey Hutchinson. incomplete, intended for 85-Neil Daniel.</t>
   </si>
   <si>
     <t>#86 Terry Ives - TE</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>4-7-IND 26 (9:51) 2-Eric Pankey punts 44 yards to TEN 30.</t>
   </si>