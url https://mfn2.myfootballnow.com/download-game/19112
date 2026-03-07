--- v1 (2026-01-08)
+++ v2 (2026-03-07)
@@ -449,51 +449,51 @@
   <si>
     <t>3-9-TEN 26 (14:14) 8-Victor Thompson pass complete to 85-Jake Garay to TEN 33 for 8 yards. Tackle by 90-Javier Schmidt.</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-TEN 33 (13:35) 1-Michael Rowan punts 51 yards to IND 16. 11-Roderick Taylor to IND 26 for 10 yards. Tackle by 58-Mark Wells. PENALTY - Offsides (IND 66-John Inman)</t>
   </si>
   <si>
     <t>#1 Michael Rowan - P</t>
   </si>
   <si>
     <t>#11 Roderick Taylor - WR</t>
   </si>
   <si>
-    <t>#88 John Melo - TE</t>
+    <t>#81 John Melo - TE</t>
   </si>
   <si>
     <t>#56 Jon Brandon - SLB</t>
   </si>
   <si>
     <t>#72 Eduardo Rosen - RG</t>
   </si>
   <si>
     <t>#66 John Inman - RDE</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>TEN 38</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 38 (13:26) 88-Jesse Lucius ran to TEN 40 for 2 yards. Tackle by 90-Javier Schmidt.</t>
   </si>
   <si>
     <t>#53 John Pegues - MLB</t>
   </si>
@@ -647,90 +647,90 @@
   <si>
     <t>(10:45) 2-Warren Leming kicks 68 yards from TEN 35 to IND -3. 26-Robert Williams to IND 23 for 26 yards. Tackle by 35-Sherman Tourville.</t>
   </si>
   <si>
     <t>#26 Robert Williams - RB</t>
   </si>
   <si>
     <t>#97 Barry Minyard - MLB</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>IND 23</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-IND 23 (10:40) 10-David Evers pass Pass knocked down by 31-Timothy Peeler. incomplete, intended for 85-Neil Daniel.</t>
   </si>
   <si>
-    <t>#10 David Evers - QB</t>
+    <t>#8 David Evers - QB</t>
   </si>
   <si>
     <t>#38 Jason Hankey - RB</t>
   </si>
   <si>
     <t>#22 John Williams - RB</t>
   </si>
   <si>
     <t>#48 Larry Fulks - FB</t>
   </si>
   <si>
     <t>#85 Neil Daniel - TE</t>
   </si>
   <si>
     <t>#83 Mark Pelt - WR</t>
   </si>
   <si>
     <t>#60 Brett Toomey - LT</t>
   </si>
   <si>
     <t>#62 Steven Parker - RG</t>
   </si>
   <si>
     <t>#79 Bob Blackwell - C</t>
   </si>
   <si>
     <t>#57 Jason Brown - RG</t>
   </si>
   <si>
     <t>#65 Paul Garrison - RT</t>
   </si>
   <si>
-    <t>#58 Robert Pierce - DT</t>
+    <t>#76 Robert Pierce - DT</t>
   </si>
   <si>
     <t>#79 Shawn Banker - DT</t>
   </si>
   <si>
-    <t>#54 Eric Ramos - MLB</t>
+    <t>#91 Eric Ramos - MLB</t>
   </si>
   <si>
     <t>#27 Geoffrey Hutchinson - CB</t>
   </si>
   <si>
     <t>#31 Timothy Peeler - CB</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-IND 23 (10:36) 10-David Evers pass complete to 14-Daniel Knott to IND 26 for 3 yards. Tackle by 58-Mark Wells.</t>
   </si>
   <si>
     <t>#82 Daniel Knott - WR</t>
   </si>
   <si>
     <t>#19 Darrell Cunningham - WR</t>
   </si>
   <si>
     <t>#39 Randy Smith - FS</t>
   </si>
@@ -1109,51 +1109,51 @@
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>IND 0</t>
   </si>
   <si>
     <t>2-1-IND 0 (9:33) 88-Jesse Lucius ran to IND 2 for -1 yards. Tackle by 94-Ronald Torres. IND 94-Ronald Torres was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>IND 2</t>
   </si>
   <si>
     <t>3-2-IND 2 (8:49) 88-Jesse Lucius ran to IND 0 for 1 yards. TOUCHDOWN! IND 0 TEN 23</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>(8:46) Extra point GOOD by 2-Warren Leming. IND 0 TEN 24</t>
   </si>
   <si>
-    <t>#55 Herman Davis - MLB</t>
+    <t>#90 Herman Davis - MLB</t>
   </si>
   <si>
     <t>(8:46) 2-Warren Leming kicks 58 yards from TEN 35 to IND 7. 26-Robert Williams to IND 34 for 28 yards. Tackle by 2-Warren Leming.</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>IND 34</t>
   </si>
   <si>
     <t>1-10-IND 34 (8:41) 38-Jason Hankey ran to IND 33 for -1 yards. Tackle by 96-Dennis Schoenberg.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>2-11-IND 33 (8:01) 10-David Evers pass complete to 26-Robert Williams to IND 34 for 2 yards. Tackle by 58-Mark Wells.</t>
   </si>
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -1445,51 +1445,51 @@
   <si>
     <t>4-2-IND 2 (9:41) 2-Warren Leming 20 yard field goal is GOOD. IND 0 TEN 33</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>(9:39) 2-Warren Leming kicks 67 yards from TEN 35 to IND -2. 26-Robert Williams for 103yards. TOUCHDOWN! TEN 76-Dennis King was injured on the play. He looks like he should be able to return. IND 94-Ronald Torres was injured on the play. He looks like he should be able to return. IND 6 TEN 33</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>TEN 15</t>
   </si>
   <si>
     <t>(9:22) Extra point GOOD by 15-Eddie Vallone. IND 7 TEN 33</t>
   </si>
   <si>
     <t>#51 Henry Forrester - C</t>
   </si>
   <si>
     <t>#98 James Tobias - RDE</t>
   </si>
   <si>
-    <t>#94 Jacob Mitchell - MLB</t>
+    <t>#96 Jacob Mitchell - MLB</t>
   </si>
   <si>
     <t>(9:22) 15-Eddie Vallone kicks 67 yards from IND 35 to TEN -2. 88-Jesse Lucius to TEN 28 for 30 yards. Tackle by 35-Michael Jackson. 55-Kirk Murphy completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>TEN 28</t>
   </si>
   <si>
     <t>1-10-TEN 28 (9:16) 20-Timothy Stevens ran to TEN 34 for 6 yards. Tackle by 45-Greg Salazar.</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>TEN 34</t>
   </si>
   <si>
     <t>2-4-TEN 34 (8:43) 88-Jesse Lucius ran to TEN 33 for a short loss. Tackle by 59-Michael Fryer. IND 61-Jeffery Parvin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>