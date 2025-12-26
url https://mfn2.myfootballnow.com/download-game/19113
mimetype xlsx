--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -287,105 +287,105 @@
   <si>
     <t>DEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-William Moorehead kicks 59 yards from LAA 35 to DEN 6. 36-Richard Bruns to DEN 27 for 22 yards. Tackle by 49-John McNeill.</t>
   </si>
   <si>
     <t>#36 Richard Bruns - FB</t>
   </si>
   <si>
     <t>#51 Paul Caruso - MLB</t>
   </si>
   <si>
-    <t>#98 Stanley Hines - WLB</t>
+    <t>#91 Stanley Hines - WLB</t>
   </si>
   <si>
     <t>#45 Teddy Stallings - FS</t>
   </si>
   <si>
     <t>#99 Juan Stokes - RDE</t>
   </si>
   <si>
-    <t>#76 Joseph Miller - DT</t>
+    <t>#75 Joseph Miller - DT</t>
   </si>
   <si>
     <t>#60 Scott Marchand - DT</t>
   </si>
   <si>
     <t>#95 Donald Bennett - WLB</t>
   </si>
   <si>
     <t>#42 George Bernstein - FS</t>
   </si>
   <si>
     <t>#21 Robert Wicks - SS</t>
   </si>
   <si>
     <t>#93 Antwan Cave - RDE</t>
   </si>
   <si>
     <t>#3 William Moorehead - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 27 (14:57) 46-Donald McCaw ran to DEN 33 for 6 yards. Tackle by 47-Kenneth Werner.</t>
   </si>
   <si>
     <t>#8 Paul Patten - QB</t>
   </si>
   <si>
     <t>#46 Donald McCaw - RB</t>
   </si>
   <si>
-    <t>#81 Willard Carrier - TE</t>
+    <t>#82 Willard Carrier - TE</t>
   </si>
   <si>
     <t>#80 Gregory Stalnaker - WR</t>
   </si>
   <si>
     <t>#83 Emery Blair - WR</t>
   </si>
   <si>
     <t>#19 Eric Van - WR</t>
   </si>
   <si>
     <t>#60 Melvin Green - RT</t>
   </si>
   <si>
     <t>#54 Richard Taylor - RG</t>
   </si>
   <si>
     <t>#66 Salvatore Reynolds - C</t>
   </si>
   <si>
     <t>#64 Ryan Alvarez - RG</t>
   </si>
   <si>
     <t>#50 Charles Frailey - RT</t>
   </si>
@@ -515,120 +515,120 @@
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>3-10-LAA 49 (10:16) 46-Donald McCaw ran to LAA 44 for 5 yards. Tackle by 33-Terry Sanders. LAA 34-Bobby Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>LAA 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-LAA 44 (9:40) 15-Samuel Sanders punts 34 yards to LAA 10. Fair Catch by 31-Aaron Holle.</t>
   </si>
   <si>
-    <t>#15 Samuel Sanders - P</t>
+    <t>#9 Samuel Sanders - P</t>
   </si>
   <si>
     <t>#71 Wesley Williams - C</t>
   </si>
   <si>
     <t>#31 Aaron Holle - RB</t>
   </si>
   <si>
     <t>#93 Michael Elkins - RDE</t>
   </si>
   <si>
     <t>#99 Fred Higgins - WLB</t>
   </si>
   <si>
     <t>#79 Henry Clark - RT</t>
   </si>
   <si>
     <t>#97 Charles Walker - DT</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>LAA 10</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-LAA 10 (9:34) 9-Justin Johnson pass complete to 88-Don Thompson to LAA 15 for 5 yards. Tackle by 42-George Bernstein.</t>
   </si>
   <si>
     <t>#10 Justin Johnson - QB</t>
   </si>
   <si>
     <t>#46 Jean Nolan - RB</t>
   </si>
   <si>
-    <t>#88 Don Thompson - TE</t>
+    <t>#80 Don Thompson - TE</t>
   </si>
   <si>
     <t>#16 Tyrone Mitchell - WR</t>
   </si>
   <si>
     <t>#25 John Beauregard - WR</t>
   </si>
   <si>
     <t>#81 Quincy Castro - WR</t>
   </si>
   <si>
     <t>#54 George Campbell - LT</t>
   </si>
   <si>
     <t>#67 David Mitchell - LG</t>
   </si>
   <si>
     <t>#75 Gary Conway - C</t>
   </si>
   <si>
     <t>#62 Michael Marston - RG</t>
   </si>
   <si>
     <t>#70 Randy Poppe - RT</t>
   </si>
   <si>
     <t>#74 Nathaniel Conway - DT</t>
   </si>
   <si>
-    <t>#24 Pedro Baines - CB</t>
+    <t>#43 Pedro Baines - CB</t>
   </si>
   <si>
     <t>#31 Garth Miller - CB</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>LAA 15</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>2-5-LAA 15 (8:48) 46-Jean Nolan ran to LAA 16 for 1 yards. Tackle by 55-Scott Marchand.</t>
   </si>
   <si>
     <t>#43 Aurelio Washington - FB</t>
   </si>
   <si>
     <t>#76 Horace Farley - RDE</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LAA 22 (14:10) 46-Jean Nolan ran to LAA 22 for a short gain. Tackle by 93-Antwan Cave.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-10-LAA 22 (13:27) 9-Justin Johnson pass complete to 46-Jean Nolan to LAA 21 for -1 yards. Tackle by 24-Pedro Baines.</t>
   </si>
   <si>
-    <t>#52 Glenn Davis - MLB</t>
+    <t>#95 Glenn Davis - MLB</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-11-LAA 21 (12:42) 9-Justin Johnson pass incomplete, dropped by 16-Tyrone Mitchell. Pressure by 58-Nathaniel Conway.</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>4-11-LAA 21 (12:36) 13-Gene Blocker punts 51 yards to DEN 29. Fair Catch by 19-Eric Van.</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>1-10-DEN 29 (12:30) 46-Donald McCaw ran to DEN 30 for 1 yards. Tackle by 98-Paul Dennis. LAA 65-Nicholas Schmidt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>1-10-LAA 22 (7:26) 11-Paul Patten pass complete to 19-Eric Van to LAA 20 for 2 yards. Tackle by 33-Terry Sanders. 19-Eric Van did some fancy footwork there.</t>
   </si>
   <si>
     <t>6:51</t>
   </si>
   <si>
     <t>LAA 20</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-LAA 20 (6:50) 46-Donald McCaw ran to LAA 12 for 8 yards. Tackle by 41-Charles Hymel.</t>
   </si>
   <si>
     <t>#12 Edward Cardenas - WR</t>
   </si>
   <si>
-    <t>#17 Thomas Stallman - WR</t>
+    <t>#89 Thomas Stallman - WR</t>
   </si>
   <si>
     <t>#28 Charles Hymel - SS</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>LAA 12</t>
   </si>
   <si>
     <t>1-10-LAA 12 (6:07) 34-Richard Sandefur ran to LAA 10 for 1 yards. Tackle by 65-Nicholas Schmidt.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>2-9-LAA 10 (5:25) 46-Donald McCaw ran to LAA 4 for 6 yards. Tackle by 93-Michael Elkins. LAA 92-Joseph Kohler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>LAA 4</t>
   </si>
@@ -1508,51 +1508,51 @@
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>2-7-DEN 28 (13:35) (Hot Read) 9-Justin Johnson pass complete to 42-James Smith to DEN 0 for 28 yards. TOUCHDOWN! Pressure by 51-Paul Caruso. LAA 13 DEN 3</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>(13:27) Extra point GOOD by 3-William Moorehead. LAA 14 DEN 3</t>
   </si>
   <si>
     <t>(13:27) 3-William Moorehead kicks 64 yards from LAA 35 to DEN 1. 36-Richard Bruns to DEN 29 for 28 yards. Tackle by 91-Charlie McGee. 95-Donald Bennett missed that block completely.</t>
   </si>
   <si>
     <t>#86 Ruben Jaramillo - TE</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>1-10-DEN 29 (13:22) 11-Paul Patten pass complete to 26-Joseph Whatley to DEN 29 for a short loss. Tackle by 34-Bobby Jones.</t>
   </si>
   <si>
-    <t>#91 Timothy Graybeal - MLB</t>
+    <t>#96 Timothy Graybeal - MLB</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>2-10-DEN 29 (12:44) 11-Paul Patten pass Pass knocked down by 30-Harry Hernandez. incomplete, intended for 19-Eric Van. PENALTY - Defensive Holding (LAA 30-Harry Hernandez)</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>DEN 34</t>
   </si>
   <si>
     <t>1-10-DEN 34 (12:39) 46-Donald McCaw ran to DEN 37 for 3 yards. Tackle by 30-Harry Hernandez. DEN 46-Donald McCaw was injured on the play.</t>
   </si>
   <si>
     <t>2-7-DEN 37 (11:54) 11-Paul Patten pass complete to 81-Willard Carrier to DEN 47 for 10 yards. Tackle by 33-Terry Sanders.</t>
   </si>
   <si>
     <t>DEN 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -2205,51 +2205,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>