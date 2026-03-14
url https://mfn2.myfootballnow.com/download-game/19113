--- v1 (2025-12-26)
+++ v2 (2026-03-14)
@@ -311,51 +311,51 @@
   <si>
     <t>#91 Stanley Hines - WLB</t>
   </si>
   <si>
     <t>#45 Teddy Stallings - FS</t>
   </si>
   <si>
     <t>#99 Juan Stokes - RDE</t>
   </si>
   <si>
     <t>#75 Joseph Miller - DT</t>
   </si>
   <si>
     <t>#60 Scott Marchand - DT</t>
   </si>
   <si>
     <t>#95 Donald Bennett - WLB</t>
   </si>
   <si>
     <t>#42 George Bernstein - FS</t>
   </si>
   <si>
     <t>#21 Robert Wicks - SS</t>
   </si>
   <si>
-    <t>#93 Antwan Cave - RDE</t>
+    <t>#64 Antwan Cave - RDE</t>
   </si>
   <si>
     <t>#3 William Moorehead - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 27 (14:57) 46-Donald McCaw ran to DEN 33 for 6 yards. Tackle by 47-Kenneth Werner.</t>
   </si>
   <si>
     <t>#8 Paul Patten - QB</t>
   </si>
@@ -368,75 +368,75 @@
   <si>
     <t>#80 Gregory Stalnaker - WR</t>
   </si>
   <si>
     <t>#83 Emery Blair - WR</t>
   </si>
   <si>
     <t>#19 Eric Van - WR</t>
   </si>
   <si>
     <t>#60 Melvin Green - RT</t>
   </si>
   <si>
     <t>#54 Richard Taylor - RG</t>
   </si>
   <si>
     <t>#66 Salvatore Reynolds - C</t>
   </si>
   <si>
     <t>#64 Ryan Alvarez - RG</t>
   </si>
   <si>
     <t>#50 Charles Frailey - RT</t>
   </si>
   <si>
-    <t>#92 Joseph Kohler - LDE</t>
+    <t>#67 Joseph Kohler - LDE</t>
   </si>
   <si>
     <t>#53 Paul Dennis - DT</t>
   </si>
   <si>
     <t>#99 Taylor Thompson - RDE</t>
   </si>
   <si>
     <t>#93 Hugh Cobbs - SLB</t>
   </si>
   <si>
     <t>#58 Charlie McGee - MLB</t>
   </si>
   <si>
     <t>#96 Johnny Roberts - WLB</t>
   </si>
   <si>
     <t>#49 John McNeill - CB</t>
   </si>
   <si>
     <t>#30 Harry Hernandez - CB</t>
   </si>
   <si>
-    <t>#34 Bobby Jones - CB</t>
+    <t>#26 Bobby Jones - CB</t>
   </si>
   <si>
     <t>#53 Kenneth Werner - WLB</t>
   </si>
   <si>
     <t>#49 Terry Sanders - SS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DEN 33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-4-DEN 33 (14:16) 46-Donald McCaw ran to DEN 38 for 5 yards. Tackle by 91-Charlie McGee.</t>
   </si>
   <si>
     <t>#65 Nicholas Schmidt - DT</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LAA 22 (14:10) 46-Jean Nolan ran to LAA 22 for a short gain. Tackle by 93-Antwan Cave.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-10-LAA 22 (13:27) 9-Justin Johnson pass complete to 46-Jean Nolan to LAA 21 for -1 yards. Tackle by 24-Pedro Baines.</t>
   </si>
   <si>
-    <t>#95 Glenn Davis - MLB</t>
+    <t>#96 Glenn Davis - MLB</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-11-LAA 21 (12:42) 9-Justin Johnson pass incomplete, dropped by 16-Tyrone Mitchell. Pressure by 58-Nathaniel Conway.</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>4-11-LAA 21 (12:36) 13-Gene Blocker punts 51 yards to DEN 29. Fair Catch by 19-Eric Van.</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>1-10-DEN 29 (12:30) 46-Donald McCaw ran to DEN 30 for 1 yards. Tackle by 98-Paul Dennis. LAA 65-Nicholas Schmidt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>LAA 4</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-3-LAA 4 (4:39) 34-Richard Sandefur ran to LAA 2 for 2 yards. Tackle by 96-Johnny Roberts.</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>LAA 2</t>
   </si>
   <si>
     <t>4-1-LAA 2 (3:56) 2-Johnny Melendez 20 yard field goal is GOOD. LAA 7 DEN 3</t>
   </si>
   <si>
     <t>#2 Johnny Melendez - K</t>
   </si>
   <si>
     <t>#60 Edwin Vergara - DT</t>
   </si>
   <si>
-    <t>#97 Karl Hendon - DT</t>
+    <t>#72 Karl Hendon - DT</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>(3:54) 2-Johnny Melendez kicks 74 yards from DEN 35 to LAA -9. Touchback.</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>1-10-LAA 25 (3:54) 46-Jean Nolan ran to LAA 25 for a short loss. Tackle by 42-George Bernstein.</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>2-10-LAA 25 (3:21) 9-Justin Johnson pass complete to 87-Quincy Castro to LAA 31 for 6 yards. Tackle by 98-Stanley Hines. 87-Quincy Castro did some fancy footwork there.</t>
   </si>
   <si>
     <t>2:38</t>
   </si>