--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -347,51 +347,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 7-Todd Hester pass complete to 15-Ernest Villanueva to ATL 35 for 10 yards. Tackle by 28-Donald Anderson.</t>
   </si>
   <si>
     <t>#7 Todd Hester - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
     <t>#82 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
-    <t>#59 Robert Hardy - LT</t>
+    <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#95 Jessie Polk - LDE</t>
   </si>
   <si>
     <t>#50 Michael Chin - DT</t>
   </si>
   <si>
     <t>#59 Michael Young - RDE</t>
   </si>
   <si>
     <t>#97 Paul Murphy - SLB</t>
   </si>
@@ -575,99 +575,99 @@
   <si>
     <t>#14 Brian Becker - WR</t>
   </si>
   <si>
     <t>#83 Larry Chang - WR</t>
   </si>
   <si>
     <t>#75 David Bonilla - LT</t>
   </si>
   <si>
     <t>#58 James Meraz - LG</t>
   </si>
   <si>
     <t>#62 Martin Lane - C</t>
   </si>
   <si>
     <t>#70 Jason McDaniel - RG</t>
   </si>
   <si>
     <t>#54 Cleveland Waldon - RT</t>
   </si>
   <si>
     <t>#52 Bobby Aguilera - DT</t>
   </si>
   <si>
-    <t>#51 Richard Little - RDE</t>
-[...2 lines deleted...]
-    <t>#37 Robert Kells - CB</t>
+    <t>#52 Richard Little - RDE</t>
+  </si>
+  <si>
+    <t>#37 Robert Kells - FS</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>NED 21</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-NED 21 (9:43) 19-Donald Graham sacked at NED 20 for -2 yards (51-Richard Little). Sack allowed by 75-David Bonilla.</t>
   </si>
   <si>
     <t>#45 Michael Washington - FB</t>
   </si>
   <si>
     <t>#93 Raymond Arias - SLB</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>3-10-NED 20 (9:02) 19-Donald Graham pass complete to 13-William Ricks to NED 22 for 2 yards. Tackle by 58-Christopher Astudillo. 58-Christopher Astudillo got away with a hold on that play.</t>
   </si>
   <si>
     <t>#25 Edward Coffman - CB</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>NED 22</t>
   </si>
   <si>
     <t>4-8-NED 22 (8:22) 3-Jeffery Pope punts 44 yards to ATL 34. Fair Catch by 83-Wendell Massie.</t>
   </si>
   <si>
-    <t>#3 Jeffery Pope - P</t>
+    <t>#4 Jeffery Pope - P</t>
   </si>
   <si>
     <t>#74 Jimmy Mercer - C</t>
   </si>
   <si>
     <t>#67 Raul Coniglio - C</t>
   </si>
   <si>
     <t>#72 Wayne Tanner - LG</t>
   </si>
   <si>
     <t>#99 Christopher Jones - LDE</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>