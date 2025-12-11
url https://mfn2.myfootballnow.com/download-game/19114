--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -338,51 +338,51 @@
   <si>
     <t>#1 James Glasgow - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 7-Todd Hester pass complete to 15-Ernest Villanueva to ATL 35 for 10 yards. Tackle by 28-Donald Anderson.</t>
   </si>
   <si>
     <t>#7 Todd Hester - QB</t>
   </si>
   <si>
     <t>#3 Charles Lozoya - RB</t>
   </si>
   <si>
-    <t>#82 Arthur Hartsock - TE</t>
+    <t>#81 Arthur Hartsock - TE</t>
   </si>
   <si>
     <t>#83 Ernest Villanueva - WR</t>
   </si>
   <si>
     <t>#83 Fredrick Doering - WR</t>
   </si>
   <si>
     <t>#61 Robert Hardy - LT</t>
   </si>
   <si>
     <t>#78 Rodolfo Lockhart - LG</t>
   </si>
   <si>
     <t>#74 Donnie Romero - C</t>
   </si>
   <si>
     <t>#54 Anthony Birch - RG</t>
   </si>
   <si>
     <t>#65 Daniel Phillips - RT</t>
   </si>
   <si>
     <t>#95 Jessie Polk - LDE</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-ATL 48 (5:43) 7-Todd Hester pass Pass knocked down by 43-Antonio Pratt. incomplete, intended for 82-Arthur Hartsock.</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>3-8-ATL 48 (5:39) 35-Jose Irving ran to NED 48 for 4 yards. Tackle by 79-Wayne Denniston. NED 97-Paul Murphy was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
   <si>
     <t>NED 48</t>
   </si>
   <si>
     <t>4-4-NED 48 (4:52) 8-Leonard Nguyen punts 42 yards to NED 6. 82-Harry Min to NED 8 for 3 yards. Tackle by 31-Matthew Sell.</t>
   </si>
   <si>
-    <t>#68 Timothy Cochrane - RDE</t>
+    <t>#92 Timothy Cochrane - RDE</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>NED 8</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NED 8 (4:44) 29-Joseph Tye ran to NED 7 for -1 yards. Tackle by 55-Cyrus Johnson.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>NED 7</t>
   </si>
   <si>
     <t>2-11-NED 7 (4:07) 19-Donald Graham pass complete to 13-William Ricks to NED 17 for 10 yards. Tackle by 37-Robert Kells. NED 13-William Ricks was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NED 26 (2:39) 19-Donald Graham pass Pass knocked down by 37-Robert Kells. incomplete, intended for 11-Larry Chang.</t>
   </si>
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>2-10-NED 26 (2:35) 19-Donald Graham pass INTERCEPTED by 52-Edward Long at NED 36. 52-Edward Long to NED 36 for -0 yards. Tackle by 32-Michael Washington. PENALTY - Pass Interference (ATL 55-Cyrus Johnson)</t>
   </si>
   <si>
     <t>2:29</t>
   </si>
   <si>
     <t>NED 36</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-NED 36 (2:30) 19-Donald Graham pass Pass knocked down by 37-Robert Kells. incomplete, intended for 85-Mike Brooks. NED 32-Michael Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#33 Ben Holmes - RB</t>
+    <t>#45 Ben Holmes - RB</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-NED 36 (2:28) 19-Donald Graham pass complete to 29-Joseph Tye to NED 39 for 3 yards. Tackle by 52-Edward Long.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>NED 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>