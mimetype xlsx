--- v2 (2025-12-11)
+++ v3 (2026-02-18)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 1-James Glasgow kicks 74 yards from NED 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Wendell Massie - WR</t>
   </si>
   <si>
     <t>#97 Willie Grube - LDE</t>
   </si>
   <si>
     <t>#41 Minh Garduno - CB</t>
   </si>
   <si>
     <t>#96 Mathew Meekins - DT</t>
   </si>
   <si>
     <t>#98 Gabriel Tew - WLB</t>
   </si>
   <si>
     <t>#62 David Frazier - DT</t>
   </si>
   <si>
     <t>#92 Cyrus Johnson - WLB</t>
   </si>
   <si>
-    <t>#22 Matthew Sell - CB</t>
+    <t>#22 Matthew Sell - LDE</t>
   </si>
   <si>
     <t>#51 Edward Long - WLB</t>
   </si>
   <si>
     <t>#42 Howard Franklin - CB</t>
   </si>
   <si>
     <t>#58 Christopher Astudillo - CB</t>
   </si>
   <si>
     <t>#1 James Glasgow - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>