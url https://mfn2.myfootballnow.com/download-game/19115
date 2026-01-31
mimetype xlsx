--- v0 (2026-01-01)
+++ v1 (2026-01-31)
@@ -344,51 +344,51 @@
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 2-Scott Hennigan pass Pass knocked down by 55-William Jones. incomplete, intended for 18-Gerard Gossett.</t>
   </si>
   <si>
     <t>#17 Scott Hennigan - QB</t>
   </si>
   <si>
     <t>#80 Ryan Stotts - TE</t>
   </si>
   <si>
     <t>#14 Mark Ortega - WR</t>
   </si>
   <si>
     <t>#18 Gerard Gossett - WR</t>
   </si>
   <si>
-    <t>#88 Joseph Brown - WR</t>
+    <t>#88 Joseph Brown - LG</t>
   </si>
   <si>
     <t>#77 Jon Rodriguez - LT</t>
   </si>
   <si>
     <t>#71 Brendan Weidner - LG</t>
   </si>
   <si>
     <t>#60 Jesse Bryant - C</t>
   </si>
   <si>
     <t>#51 Adam Simpson - RG</t>
   </si>
   <si>
     <t>#50 Frank Phillips - RT</t>
   </si>
   <si>
     <t>#98 Willie Giordano - LDE</t>
   </si>
   <si>
     <t>#94 Samuel Johnson - DT</t>
   </si>
   <si>
     <t>#74 Christopher Hayes - LDE</t>
   </si>