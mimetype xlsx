--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -368,51 +368,51 @@
   <si>
     <t>#18 Donald Leroy - WR</t>
   </si>
   <si>
     <t>#64 George Smith - RT</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
     <t>#57 Terry Parker - TE</t>
   </si>
   <si>
     <t>#67 Leonard Andrews - RG</t>
   </si>
   <si>
     <t>#77 Carter Hanson - LG</t>
   </si>
   <si>
     <t>#94 Maurice Smith - LDE</t>
   </si>
   <si>
     <t>#95 Fred Teague - DT</t>
   </si>
   <si>
-    <t>#92 Justin McCoy - DT</t>
+    <t>#62 Justin McCoy - DT</t>
   </si>
   <si>
     <t>#60 Alan Stephens - RDE</t>
   </si>
   <si>
     <t>#41 Frank Vos - SS</t>
   </si>
   <si>
     <t>#59 Thomas Cooper - MLB</t>
   </si>
   <si>
     <t>#51 Scott McNamara - WLB</t>
   </si>
   <si>
     <t>#21 Benny Garcia - CB</t>
   </si>
   <si>
     <t>#46 Barrett Wright - CB</t>
   </si>
   <si>
     <t>#41 Don Sawyer - SS</t>
   </si>
   <si>
     <t>#42 Keith Lee - FS</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-MIA 39 (12:20) 7-Thomas Stringer punts 58 yards to OAK 3.</t>
   </si>
   <si>
     <t>#7 Thomas Stringer - P</t>
   </si>
   <si>
     <t>#98 Shaun Kearney - MLB</t>
   </si>
   <si>
     <t>#55 Miguel Hess - LG</t>
   </si>
   <si>
     <t>#69 Allen Hair - RG</t>
   </si>
   <si>
     <t>#92 Fred Mendoza - WLB</t>
   </si>
   <si>
-    <t>#94 Timothy Poe - DT</t>
+    <t>#53 Timothy Poe - DT</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>OAK 3</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 3 (12:10) 37-Luciano Schroeter ran to OAK 3 for a short gain. Tackle by 43-Chance Cortez.</t>
   </si>
   <si>
     <t>#8 Cameron Engle - QB</t>
   </si>
   <si>
     <t>#37 Luciano Schroeter - RB</t>
   </si>
   <si>
     <t>#88 Richard Snyder - TE</t>
   </si>
@@ -605,78 +605,78 @@
   <si>
     <t>#86 Mark Williams - WR</t>
   </si>
   <si>
     <t>#71 Kent Dunaway - LT</t>
   </si>
   <si>
     <t>#64 Willie Jolly - LG</t>
   </si>
   <si>
     <t>#62 Carlo Meyer - C</t>
   </si>
   <si>
     <t>#65 Jack Ruth - RG</t>
   </si>
   <si>
     <t>#72 Dennis Gutierrez - RT</t>
   </si>
   <si>
     <t>#90 Andrew Litteral - LDE</t>
   </si>
   <si>
     <t>#50 Kenneth Dowdell - RDE</t>
   </si>
   <si>
-    <t>#51 Dewey Horne - SLB</t>
+    <t>#50 Dewey Horne - SLB</t>
   </si>
   <si>
     <t>#34 Hugh Peterson - CB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-10-OAK 3 (11:32) 37-Luciano Schroeter ran to OAK 1 for -2 yards. Tackle by 75-Harold Rider. OAK 62-Carlo Meyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#39 Peter Nash - RB</t>
   </si>
   <si>
     <t>#26 Bradley Graham - FB</t>
   </si>
   <si>
     <t>#84 Jason Lewis - TE</t>
   </si>
   <si>
     <t>#61 Olen Velasquez - LDE</t>
   </si>
   <si>
-    <t>#76 Henry Casey - LDE</t>
+    <t>#68 Henry Casey - LDE</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>OAK 1</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-11-OAK 1 (10:55) 8-Cameron Engle pass complete to 85-Richard Snyder to OAK 10 for 9 yards. Tackle by 97-James Brown.</t>
   </si>
   <si>
     <t>#70 Matthew Seale - C</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>OAK 10</t>
   </si>
   <si>
     <t>4-2-OAK 10 (10:15) 1-Thomas Honig punts 43 yards to MIA 47. Fair Catch by 38-George Tyler.</t>
   </si>
@@ -1400,51 +1400,51 @@
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>1-10-OAK 39 (9:45) 6-Jason Diaz pass incomplete, dropped by 28-Richard Miller.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>2-10-OAK 39 (9:41) 6-Jason Diaz pass complete to 28-Richard Miller to OAK 25 for 14 yards. Tackle by 33-Robert Burroughs. PENALTY - Facemask (OAK 33-Robert Burroughs)</t>
   </si>
   <si>
     <t>1-10-OAK 10 (9:35) 6-Jason Diaz pass Pass knocked down by 21-Barrett Wright. incomplete, intended for 38-George Tyler. Pressure by 60-Alan Stephens. PENALTY - Offsides (OAK 95-Fred Teague) PENALTY - Holding (MIA 34-Kent Whitson) - Penalties offset, replay down.</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>1-10-OAK 10 (9:31) 34-Kent Whitson ran to OAK 6 for 4 yards. Tackle by 59-Thomas Cooper.</t>
   </si>
   <si>
-    <t>#30 Stewart Youngberg - WR</t>
+    <t>#11 Stewart Youngberg - WR</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>OAK 6</t>
   </si>
   <si>
     <t>2-6-OAK 6 (8:56) 6-Jason Diaz pass Pass knocked down by 21-Barrett Wright. incomplete, intended for 11-Donald Leroy.</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>3-6-OAK 6 (8:52) 34-Kent Whitson ran to OAK 3 for 3 yards. Tackle by 47-Benny Garcia. MIA 28-Richard Miller was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>4-3-OAK 3 (8:09) 1-Brandon Inman 22 yard field goal is GOOD. OAK 6 MIA 13</t>
   </si>
   <si>
     <t>8:07</t>
   </si>