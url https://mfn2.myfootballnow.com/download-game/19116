--- v1 (2025-12-14)
+++ v2 (2026-01-13)
@@ -581,51 +581,51 @@
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 3 (12:10) 37-Luciano Schroeter ran to OAK 3 for a short gain. Tackle by 43-Chance Cortez.</t>
   </si>
   <si>
     <t>#8 Cameron Engle - QB</t>
   </si>
   <si>
     <t>#37 Luciano Schroeter - RB</t>
   </si>
   <si>
     <t>#88 Richard Snyder - TE</t>
   </si>
   <si>
     <t>#12 Roy Willman - WR</t>
   </si>
   <si>
     <t>#87 Douglas Butler - WR</t>
   </si>
   <si>
-    <t>#86 Mark Williams - WR</t>
+    <t>#18 Mark Williams - WR</t>
   </si>
   <si>
     <t>#71 Kent Dunaway - LT</t>
   </si>
   <si>
     <t>#64 Willie Jolly - LG</t>
   </si>
   <si>
     <t>#62 Carlo Meyer - C</t>
   </si>
   <si>
     <t>#65 Jack Ruth - RG</t>
   </si>
   <si>
     <t>#72 Dennis Gutierrez - RT</t>
   </si>
   <si>
     <t>#90 Andrew Litteral - LDE</t>
   </si>
   <si>
     <t>#50 Kenneth Dowdell - RDE</t>
   </si>
   <si>
     <t>#50 Dewey Horne - SLB</t>
   </si>