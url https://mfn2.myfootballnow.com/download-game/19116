--- v2 (2026-01-13)
+++ v3 (2026-03-14)
@@ -287,60 +287,60 @@
   <si>
     <t>MIA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Michael Jacobs kicks 75 yards from OAK 35 to MIA -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Richard Miller - WR</t>
   </si>
   <si>
     <t>#23 Jeremy Curtis - CB</t>
   </si>
   <si>
-    <t>#97 James Brown - SLB</t>
+    <t>#54 James Brown - SLB</t>
   </si>
   <si>
     <t>#92 Joe Lacross - MLB</t>
   </si>
   <si>
     <t>#75 Harold Rider - RDE</t>
   </si>
   <si>
-    <t>#49 Louis Ross - CB</t>
+    <t>#21 Louis Ross - CB</t>
   </si>
   <si>
     <t>#99 Herbert Cambell - FS</t>
   </si>
   <si>
     <t>#50 Eduardo Bivens - WLB</t>
   </si>
   <si>
     <t>#41 Randy Clyburn - FS</t>
   </si>
   <si>
     <t>#31 Thomas Fernandez - SS</t>
   </si>
   <si>
     <t>#43 Chance Cortez - CB</t>
   </si>
   <si>
     <t>#3 Michael Jacobs - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
@@ -353,57 +353,57 @@
   <si>
     <t>1-10-MIA 25 (15:00) PENALTY - False Start (MIA 59-Gary King)</t>
   </si>
   <si>
     <t>#19 Jason Diaz - QB</t>
   </si>
   <si>
     <t>#38 George Tyler - RB</t>
   </si>
   <si>
     <t>#88 Kenneth Clabaugh - TE</t>
   </si>
   <si>
     <t>#84 Robert Krahn - WR</t>
   </si>
   <si>
     <t>#18 Donald Leroy - WR</t>
   </si>
   <si>
     <t>#64 George Smith - RT</t>
   </si>
   <si>
     <t>#59 Gary King - LG</t>
   </si>
   <si>
-    <t>#57 Terry Parker - TE</t>
+    <t>#57 Terry Parker - C</t>
   </si>
   <si>
     <t>#67 Leonard Andrews - RG</t>
   </si>
   <si>
-    <t>#77 Carter Hanson - LG</t>
+    <t>#67 Carter Hanson - LG</t>
   </si>
   <si>
     <t>#94 Maurice Smith - LDE</t>
   </si>
   <si>
     <t>#95 Fred Teague - DT</t>
   </si>
   <si>
     <t>#62 Justin McCoy - DT</t>
   </si>
   <si>
     <t>#60 Alan Stephens - RDE</t>
   </si>
   <si>
     <t>#41 Frank Vos - SS</t>
   </si>
   <si>
     <t>#59 Thomas Cooper - MLB</t>
   </si>
   <si>
     <t>#51 Scott McNamara - WLB</t>
   </si>
   <si>
     <t>#21 Benny Garcia - CB</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>#18 Mark Williams - WR</t>
   </si>
   <si>
     <t>#71 Kent Dunaway - LT</t>
   </si>
   <si>
     <t>#64 Willie Jolly - LG</t>
   </si>
   <si>
     <t>#62 Carlo Meyer - C</t>
   </si>
   <si>
     <t>#65 Jack Ruth - RG</t>
   </si>
   <si>
     <t>#72 Dennis Gutierrez - RT</t>
   </si>
   <si>
     <t>#90 Andrew Litteral - LDE</t>
   </si>
   <si>
     <t>#50 Kenneth Dowdell - RDE</t>
   </si>
   <si>
-    <t>#50 Dewey Horne - SLB</t>
+    <t>#98 Dewey Horne - SLB</t>
   </si>
   <si>
     <t>#34 Hugh Peterson - CB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-10-OAK 3 (11:32) 37-Luciano Schroeter ran to OAK 1 for -2 yards. Tackle by 75-Harold Rider. OAK 62-Carlo Meyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#39 Peter Nash - RB</t>
   </si>
   <si>
     <t>#26 Bradley Graham - FB</t>
   </si>
   <si>
     <t>#84 Jason Lewis - TE</t>
   </si>
   <si>
     <t>#61 Olen Velasquez - LDE</t>
   </si>