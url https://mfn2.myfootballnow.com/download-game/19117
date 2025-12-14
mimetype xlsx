--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -287,51 +287,51 @@
   <si>
     <t>DET has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Shane Black kicks 74 yards from MIN 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#26 Richard Cloud - RB</t>
   </si>
   <si>
     <t>#29 Harvey Davenport - CB</t>
   </si>
   <si>
-    <t>#55 Edward Schwartz - DT</t>
+    <t>#64 Edward Schwartz - DT</t>
   </si>
   <si>
     <t>#57 Stan Caddy - MLB</t>
   </si>
   <si>
     <t>#78 Roger Green - RDE</t>
   </si>
   <si>
     <t>#92 Jean Seifert - DT</t>
   </si>
   <si>
     <t>#93 Jason Rubin - DT</t>
   </si>
   <si>
     <t>#71 Andrew Miller - RDE</t>
   </si>
   <si>
     <t>#22 Robert Firestone - CB</t>
   </si>
   <si>
     <t>#35 James Thornell - CB</t>
   </si>
   <si>
     <t>#39 Shawn Page - FS</t>
   </si>
@@ -377,99 +377,99 @@
   <si>
     <t>#70 Luis Allen - RG</t>
   </si>
   <si>
     <t>#72 Albert Stone - LT</t>
   </si>
   <si>
     <t>#62 Wayne Kirchoff - RG</t>
   </si>
   <si>
     <t>#67 Brent Morrison - RT</t>
   </si>
   <si>
     <t>#96 Cody Larry - LDE</t>
   </si>
   <si>
     <t>#50 Gary Huggins - DT</t>
   </si>
   <si>
     <t>#79 Billy Kern - RDE</t>
   </si>
   <si>
     <t>#92 Raul Ellis - WLB</t>
   </si>
   <si>
-    <t>#58 Joe Harris - MLB</t>
+    <t>#99 Joe Harris - MLB</t>
   </si>
   <si>
     <t>#56 Robert Walker - MLB</t>
   </si>
   <si>
     <t>#59 Steve Vincent - WLB</t>
   </si>
   <si>
     <t>#36 Anthony Graves - CB</t>
   </si>
   <si>
     <t>#24 Michael Brown - CB</t>
   </si>
   <si>
     <t>#42 Fred Brown - SS</t>
   </si>
   <si>
     <t>#30 Jason Weber - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>DET 24</t>
   </si>
   <si>
     <t>2-11-DET 24 (14:17) 19-Joe Anders pass complete to 25-Mitch Quick to DET 28 for 4 yards. Tackle by 36-Anthony Graves. 25-Mitch Quick did some fancy footwork there.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>DET 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-7-DET 28 (13:31) 47-John Davis ran to DET 38 for 10 yards. Tackle by 92-Raul Ellis. PENALTY - Offsides (MIN 92-Raul Ellis) (Declined)</t>
   </si>
   <si>
-    <t>#31 James Black - RB</t>
-[...2 lines deleted...]
-    <t>#87 Richard Andrews - TE</t>
+    <t>#24 James Black - RB</t>
+  </si>
+  <si>
+    <t>#86 Richard Andrews - TE</t>
   </si>
   <si>
     <t>#71 Edgar Hoggan - DT</t>
   </si>
   <si>
     <t>#72 Michael Isenberg - DT</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>DET 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-DET 38 (13:28) 47-John Davis ran to DET 48 for 11 yards. Tackle by 42-Fred Brown.</t>
   </si>
   <si>
     <t>#77 Zachary Brown - DT</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
@@ -503,117 +503,117 @@
   <si>
     <t>#14 Mike Moffitt - WR</t>
   </si>
   <si>
     <t>#32 Williams Gregor - CB</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>MIN 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-MIN 42 (12:03) 26-David Rodriguez ran to MIN 44 for 1 yards. Tackle by 54-George Montes.</t>
   </si>
   <si>
     <t>#18 Gustavo Poole - QB</t>
   </si>
   <si>
     <t>#26 David Rodriguez - RB</t>
   </si>
   <si>
-    <t>#89 Anthony Fuentes - TE</t>
+    <t>#82 Anthony Fuentes - TE</t>
   </si>
   <si>
     <t>#35 Lonnie Ware - FB</t>
   </si>
   <si>
-    <t>#84 Andrew Thibodeaux - TE</t>
-[...2 lines deleted...]
-    <t>#89 George Gengler - TE</t>
+    <t>#84 Andrew Thibodeaux - WR</t>
+  </si>
+  <si>
+    <t>#81 George Gengler - TE</t>
   </si>
   <si>
     <t>#73 Moses Brady - LT</t>
   </si>
   <si>
     <t>#67 Hector Collier - LG</t>
   </si>
   <si>
-    <t>#60 Randy Lemus - C</t>
+    <t>#55 Randy Lemus - C</t>
   </si>
   <si>
     <t>#51 Charles McIntosh - RG</t>
   </si>
   <si>
     <t>#53 Francisco Stacey - RT</t>
   </si>
   <si>
     <t>#94 Devin Lee - LDE</t>
   </si>
   <si>
     <t>#53 George Montes - MLB</t>
   </si>
   <si>
     <t>#74 Ricky Theus - RDE</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-9-MIN 44 (11:25) 26-David Rodriguez ran to MIN 50 for 6 yards. Tackle by 91-Ricky Theus.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>MIN 50</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-2-MIN 50 (10:50) 26-David Rodriguez ran to DET 47 for 3 yards. Tackle by 95-Harvey Davenport.</t>
   </si>
   <si>
     <t>#14 Timothy James - WR</t>
   </si>
   <si>
-    <t>#83 Robert Lewis - WR</t>
+    <t>#84 Robert Lewis - WR</t>
   </si>
   <si>
     <t>#13 Walter Pipkins - WR</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-DET 47 (10:10) 18-Gustavo Poole pass complete to 13-Walter Pipkins to DET 30 for 17 yards. Tackle by 22-Robert Firestone.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>DET 30</t>
   </si>
@@ -908,51 +908,51 @@
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>MIN 34</t>
   </si>
   <si>
     <t>4-5-MIN 34 (14:12) 3-Joshua Connery 51 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#83 Michael Locklear - TE</t>
   </si>
   <si>
     <t>#3 Joshua Connery - K</t>
   </si>
   <si>
     <t>#77 Garth Walburn - LT</t>
   </si>
   <si>
     <t>#58 Marc Gallant - RG</t>
   </si>
   <si>
     <t>#76 Ricky Baker - RG</t>
   </si>
   <si>
-    <t>#99 Christopher Hogan - MLB</t>
+    <t>#96 Christopher Hogan - MLB</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>MIN 41</t>
   </si>
   <si>
     <t>1-10-MIN 41 (14:08) 26-David Rodriguez ran to MIN 43 for 2 yards. Tackle by 57-Stan Caddy. 84-Andrew Thibodeaux totally missed that block.</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>MIN 43</t>
   </si>
   <si>
     <t>2-8-MIN 43 (13:28) 18-Gustavo Poole pass incomplete, intended for 17-Timothy James. Pressure by 94-Devin Lee.</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>