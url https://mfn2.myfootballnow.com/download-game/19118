--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Allan Engebretson kicks 75 yards from GBY 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#23 Garfield Cole - RB</t>
   </si>
   <si>
     <t>#34 Drew James - CB</t>
   </si>
   <si>
     <t>#21 John Camacho - FS</t>
   </si>
   <si>
     <t>#53 Christopher Fajardo - SLB</t>
   </si>
   <si>
     <t>#56 Robert Henry - SLB</t>
   </si>
   <si>
-    <t>#62 James Kirkland - LDE</t>
+    <t>#66 James Kirkland - LDE</t>
   </si>
   <si>
     <t>#95 Douglas Butters - DT</t>
   </si>
   <si>
     <t>#90 Joseph Sousa - MLB</t>
   </si>
   <si>
     <t>#91 Ray Crawford - LDE</t>
   </si>
   <si>
     <t>#55 Charles Johnson - SLB</t>
   </si>
   <si>
     <t>#60 Edgar Lunt - DT</t>
   </si>
   <si>
     <t>#10 Allan Engebretson - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
@@ -371,60 +371,60 @@
   <si>
     <t>#77 Ted Marini - RT</t>
   </si>
   <si>
     <t>#61 Jessie Arnold - LG</t>
   </si>
   <si>
     <t>#64 Steven Mullins - C</t>
   </si>
   <si>
     <t>#55 Jay Neal - RG</t>
   </si>
   <si>
     <t>#55 Brian Henderson - RT</t>
   </si>
   <si>
     <t>#72 Michael Staton - LDE</t>
   </si>
   <si>
     <t>#99 Willie Smith - DT</t>
   </si>
   <si>
     <t>#95 Sean Corrigan - DT</t>
   </si>
   <si>
-    <t>#93 Roosevelt Murphy - DT</t>
-[...2 lines deleted...]
-    <t>#76 Willie Ortega - RDE</t>
+    <t>#60 Roosevelt Murphy - DT</t>
+  </si>
+  <si>
+    <t>#95 Willie Ortega - RDE</t>
   </si>
   <si>
     <t>#55 Rodney Lacroix - SLB</t>
   </si>
   <si>
-    <t>#98 Oscar Valez - MLB</t>
+    <t>#52 Oscar Valez - MLB</t>
   </si>
   <si>
     <t>#59 Damian Johns - WLB</t>
   </si>
   <si>
     <t>#21 Rigoberto Saldana - CB</t>
   </si>
   <si>
     <t>#42 Keith Hernandez - CB</t>
   </si>
   <si>
     <t>#39 Cole Henry - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>CHI 27</t>
   </si>
   <si>
     <t>I Formation Big TE Curl</t>
   </si>
   <si>
     <t>2-8-CHI 27 (14:19) 11-Michael Jones sacked at CHI 19 for -8 yards (76-Willie Ortega). Sack allowed by 61-Jessie Arnold.</t>
   </si>
@@ -458,51 +458,51 @@
   <si>
     <t>#45 Jason Almeida - CB</t>
   </si>
   <si>
     <t>#27 Norman Martin - SS</t>
   </si>
   <si>
     <t>#48 Rick Fitzgerald - SS</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-CHI 19 (13:37) 18-Harold Phillips punts 47 yards to GBY 34. 81-Marvin Cortez to GBY 43 for 9 yards. Tackle by 64-Steven Mullins.</t>
   </si>
   <si>
     <t>#18 Harold Phillips - P</t>
   </si>
   <si>
-    <t>#89 Marvin Cortez - WR</t>
+    <t>#87 Marvin Cortez - WR</t>
   </si>
   <si>
     <t>#66 Roy Leal - C</t>
   </si>
   <si>
     <t>#91 Nick White - WLB</t>
   </si>
   <si>
     <t>#59 Richard Walker - RT</t>
   </si>
   <si>
     <t>#74 Marion Dias - RDE</t>
   </si>
   <si>
     <t>#97 Bill Hoy - DT</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>GBY 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
@@ -518,72 +518,72 @@
   <si>
     <t>#26 Douglas Morgan - RB</t>
   </si>
   <si>
     <t>#31 Larry Burdett - RB</t>
   </si>
   <si>
     <t>#40 Jamaal Pate - FB</t>
   </si>
   <si>
     <t>#80 Charles Kwong - TE</t>
   </si>
   <si>
     <t>#89 Thomas Shaw - TE</t>
   </si>
   <si>
     <t>#79 John Boyer - LT</t>
   </si>
   <si>
     <t>#60 Peter Easley - LG</t>
   </si>
   <si>
     <t>#64 Stephen Duty - C</t>
   </si>
   <si>
-    <t>#67 Wesley Johnson - RG</t>
+    <t>#66 Wesley Johnson - RG</t>
   </si>
   <si>
     <t>#55 Julian Strecker - RT</t>
   </si>
   <si>
-    <t>#79 Stewart Winkler - DT</t>
+    <t>#69 Stewart Winkler - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
     <t>#50 William Bruns - MLB</t>
   </si>
   <si>
     <t>#27 Arthur Laprade - CB</t>
   </si>
   <si>
     <t>#42 Louis Burrows - CB</t>
   </si>
   <si>
-    <t>#2 Randy McBee - SS</t>
+    <t>#39 Randy McBee - SS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>GBY 44</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-9-GBY 44 (12:46) 12-Zachary Himes pass complete to 40-Jamaal Pate to CHI 41 for 15 yards. Great move by 40-Jamaal Pate to get free of his coverage.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-CHI 41 (11:58) 22-Douglas Morgan ran to CHI 42 for -1 yards. Tackle by 51-Michael Ochoa.</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>(0:05) 10-Allan Engebretson kicks 75 yards from GBY 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (0:05) 11-Michael Jones pass complete to 13-Ross Wilson for 75 yards. TOUCHDOWN! Pressure by 72-Michael Staton. CHI 6 GBY 10</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>(0:00) Extra point GOOD by 6-Michael Young. CHI 59-Richard Walker was injured on the play. He looks like he should be able to return. CHI 7 GBY 10</t>
   </si>
   <si>
     <t>#6 Michael Young - K</t>
   </si>
   <si>
-    <t>#66 Jason Stevens - RG</t>
+    <t>#69 Jason Stevens - RG</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(15:00) 6-Michael Young kicks 68 yards from CHI 35 to GBY -3. Touchback.</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 22-Douglas Morgan ran to GBY 26 for 1 yards. Tackle by 69-Ray Crawford.</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -1586,51 +1586,51 @@
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-19-GBY 20 (11:26) 12-Zachary Himes pass complete to 86-Benjamin Phillips to GBY 28 for 8 yards. Tackle by 42-Louis Burrows. GBY 22-Douglas Morgan was injured on the play. CHI 95-Douglas Butters was injured on the play.</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>4-11-GBY 28 (10:41) 19-Micheal Robles punts 55 yards to CHI 17. GBY 66-Roy Leal was injured on the play.</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>CHI 17</t>
   </si>
   <si>
     <t>1-10-CHI 17 (10:32) 27-Garfield Cole ran to CHI 18 for 1 yards. Tackle by 91-Nick White.</t>
   </si>
   <si>
-    <t>#62 Christopher Norris - RDE</t>
+    <t>#99 Christopher Norris - RDE</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-9-CHI 18 (9:55) 27-Garfield Cole ran to CHI 25 for 7 yards. Tackle by 39-Cole Henry.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>3-3-CHI 25 (9:20) 30-Michael Alonso ran to CHI 27 for 2 yards. Tackle by 59-Damian Johns. GBY 72-Michael Staton was injured on the play.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>4-1-CHI 27 (8:45) 18-Harold Phillips punts 45 yards to GBY 28. 81-Marvin Cortez to GBY 42 for 14 yards.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>