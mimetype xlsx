--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -530,51 +530,51 @@
   <si>
     <t>#89 Thomas Shaw - TE</t>
   </si>
   <si>
     <t>#79 John Boyer - LT</t>
   </si>
   <si>
     <t>#60 Peter Easley - LG</t>
   </si>
   <si>
     <t>#64 Stephen Duty - C</t>
   </si>
   <si>
     <t>#66 Wesley Johnson - RG</t>
   </si>
   <si>
     <t>#55 Julian Strecker - RT</t>
   </si>
   <si>
     <t>#69 Stewart Winkler - DT</t>
   </si>
   <si>
     <t>#95 Michael Ochoa - DT</t>
   </si>
   <si>
-    <t>#50 William Bruns - MLB</t>
+    <t>#95 William Bruns - MLB</t>
   </si>
   <si>
     <t>#27 Arthur Laprade - CB</t>
   </si>
   <si>
     <t>#42 Louis Burrows - CB</t>
   </si>
   <si>
     <t>#39 Randy McBee - SS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>GBY 44</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-9-GBY 44 (12:46) 12-Zachary Himes pass complete to 40-Jamaal Pate to CHI 41 for 15 yards. Great move by 40-Jamaal Pate to get free of his coverage.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>