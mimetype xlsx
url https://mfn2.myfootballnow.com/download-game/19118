--- v2 (2026-01-20)
+++ v3 (2026-03-04)
@@ -392,51 +392,51 @@
   <si>
     <t>#95 Sean Corrigan - DT</t>
   </si>
   <si>
     <t>#60 Roosevelt Murphy - DT</t>
   </si>
   <si>
     <t>#95 Willie Ortega - RDE</t>
   </si>
   <si>
     <t>#55 Rodney Lacroix - SLB</t>
   </si>
   <si>
     <t>#52 Oscar Valez - MLB</t>
   </si>
   <si>
     <t>#59 Damian Johns - WLB</t>
   </si>
   <si>
     <t>#21 Rigoberto Saldana - CB</t>
   </si>
   <si>
     <t>#42 Keith Hernandez - CB</t>
   </si>
   <si>
-    <t>#39 Cole Henry - SS</t>
+    <t>#20 Cole Henry - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>CHI 27</t>
   </si>
   <si>
     <t>I Formation Big TE Curl</t>
   </si>
   <si>
     <t>2-8-CHI 27 (14:19) 11-Michael Jones sacked at CHI 19 for -8 yards (76-Willie Ortega). Sack allowed by 61-Jessie Arnold.</t>
   </si>
   <si>
     <t>#13 Ross Wilson - WR</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>CHI 19</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>