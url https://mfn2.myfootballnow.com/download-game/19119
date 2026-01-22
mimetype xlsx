--- v0 (2025-10-24)
+++ v1 (2026-01-22)
@@ -359,51 +359,51 @@
   <si>
     <t>#32 Henry Massingill - FB</t>
   </si>
   <si>
     <t>#15 Christian Sharp - WR</t>
   </si>
   <si>
     <t>#10 John Dellinger - WR</t>
   </si>
   <si>
     <t>#82 Jason Biondi - WR</t>
   </si>
   <si>
     <t>#50 Oliver Ramirez - LT</t>
   </si>
   <si>
     <t>#75 Pedro Phillips - C</t>
   </si>
   <si>
     <t>#73 Tom Hicks - C</t>
   </si>
   <si>
     <t>#51 Joseph Ray - RG</t>
   </si>
   <si>
-    <t>#52 Guillermo Lepley - RT</t>
+    <t>#67 Guillermo Lepley - LT</t>
   </si>
   <si>
     <t>#66 Justin Pitt - LDE</t>
   </si>
   <si>
     <t>#99 Cedric Ott - DT</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
     <t>#58 Albert Pak - SLB</t>
   </si>
   <si>
     <t>#53 Nicholas Hall - MLB</t>
   </si>
   <si>
     <t>#96 James Gray - WLB</t>
   </si>
   <si>
     <t>#49 Max Garcia - CB</t>
   </si>
   <si>
     <t>#58 Eric Stoll - LDE</t>
   </si>
@@ -605,72 +605,72 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NYA 21 (8:41) 25-Ronald Johnson ran to NYA 20 for -1 yards. Tackle by 91-Joe Sankey.</t>
   </si>
   <si>
     <t>#7 Allen Roof - QB</t>
   </si>
   <si>
     <t>#25 Ronald Johnson - RB</t>
   </si>
   <si>
     <t>#38 Michael Stewart - RB</t>
   </si>
   <si>
     <t>#44 Edwin Perkins - FB</t>
   </si>
   <si>
     <t>#88 Jeffrey Coleman - TE</t>
   </si>
   <si>
     <t>#36 Alan Berndt - TE</t>
   </si>
   <si>
-    <t>#55 Jack Dahlberg - LT</t>
+    <t>#50 Jack Dahlberg - LT</t>
   </si>
   <si>
     <t>#67 Tom Stetler - RG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
     <t>#77 Peter Cox - RG</t>
   </si>
   <si>
     <t>#76 Harry Nagle - RT</t>
   </si>
   <si>
     <t>#91 Joe Sankey - LDE</t>
   </si>
   <si>
     <t>#61 Andre Zamora - DT</t>
   </si>
   <si>
-    <t>#53 Michael Lazo - DT</t>
+    <t>#57 Michael Lazo - DT</t>
   </si>
   <si>
     <t>#70 Jerald Johnson - RDE</t>
   </si>
   <si>
     <t>#99 Arnulfo Jowett - SLB</t>
   </si>
   <si>
     <t>#59 Marvin Nichols - MLB</t>
   </si>
   <si>
     <t>#41 John Woodman - SS</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>NYA 20</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>#81 James Kendrick - WR</t>
   </si>
   <si>
     <t>#85 Donald Mendez - WR</t>
   </si>
   <si>
     <t>#60 Marco Griffin - RG</t>
   </si>
   <si>
     <t>#40 Paul Thompson - FS</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>NYA 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-NYA 32 (7:12) 7-Allen Roof pass complete to 85-Donald Mendez to NYA 39 for 7 yards. Tackle by 47-Carlos Fox.</t>
   </si>
   <si>
-    <t>#86 George Dejesus - WR</t>
+    <t>#16 George Dejesus - WR</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>NYA 39</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-3-NYA 39 (6:30) 28-Mark Fulkerson ran to NYA 40 for 1 yards. Tackle by 62-Alan Johnson.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>NYA 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>