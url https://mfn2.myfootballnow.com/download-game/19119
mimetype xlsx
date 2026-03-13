--- v1 (2026-01-22)
+++ v2 (2026-03-13)
@@ -377,84 +377,84 @@
   <si>
     <t>#73 Tom Hicks - C</t>
   </si>
   <si>
     <t>#51 Joseph Ray - RG</t>
   </si>
   <si>
     <t>#67 Guillermo Lepley - LT</t>
   </si>
   <si>
     <t>#66 Justin Pitt - LDE</t>
   </si>
   <si>
     <t>#99 Cedric Ott - DT</t>
   </si>
   <si>
     <t>#97 Dean McCutchen - RDE</t>
   </si>
   <si>
     <t>#58 Albert Pak - SLB</t>
   </si>
   <si>
     <t>#53 Nicholas Hall - MLB</t>
   </si>
   <si>
-    <t>#96 James Gray - WLB</t>
+    <t>#96 James Gray - SLB</t>
   </si>
   <si>
     <t>#49 Max Garcia - CB</t>
   </si>
   <si>
     <t>#58 Eric Stoll - LDE</t>
   </si>
   <si>
     <t>#37 Travis Thompson - CB</t>
   </si>
   <si>
     <t>#22 Rolando Donaldson - SS</t>
   </si>
   <si>
     <t>#49 Rodger Stinson - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>CAR 23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>2-12-CAR 23 (14:16) 12-Alex Robison pass complete to 10-John Dellinger to CAR 26 for 3 yards. Tackle by 20-Max Garcia. CAR 52-Guillermo Lepley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#97 Andrew Gonzalez - DT</t>
+    <t>#56 Andrew Gonzalez - DT</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>CAR 26</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>3-9-CAR 26 (13:35) 22-Franklin Finch ran to CAR 37 for 11 yards. Tackle by 22-Rolando Donaldson.</t>
   </si>
   <si>
     <t>#85 Brian Horton - TE</t>
   </si>
   <si>
     <t>#58 Huey Hill - RT</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#25 Ronald Johnson - RB</t>
   </si>
   <si>
     <t>#38 Michael Stewart - RB</t>
   </si>
   <si>
     <t>#44 Edwin Perkins - FB</t>
   </si>
   <si>
     <t>#88 Jeffrey Coleman - TE</t>
   </si>
   <si>
     <t>#36 Alan Berndt - TE</t>
   </si>
   <si>
     <t>#50 Jack Dahlberg - LT</t>
   </si>
   <si>
     <t>#67 Tom Stetler - RG</t>
   </si>
   <si>
     <t>#62 Steven Brown - C</t>
   </si>
   <si>
-    <t>#77 Peter Cox - RG</t>
+    <t>#53 Peter Cox - RG</t>
   </si>
   <si>
     <t>#76 Harry Nagle - RT</t>
   </si>
   <si>
     <t>#91 Joe Sankey - LDE</t>
   </si>
   <si>
     <t>#61 Andre Zamora - DT</t>
   </si>
   <si>
     <t>#57 Michael Lazo - DT</t>
   </si>
   <si>
     <t>#70 Jerald Johnson - RDE</t>
   </si>
   <si>
     <t>#99 Arnulfo Jowett - SLB</t>
   </si>
   <si>
     <t>#59 Marvin Nichols - MLB</t>
   </si>
   <si>
     <t>#41 John Woodman - SS</t>
   </si>