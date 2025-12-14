--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -284,414 +284,414 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BUF has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Bruce Spencer kicks 71 yards from KCY 35 to BUF -6. 35-Diego Walker to BUF 19 for 25 yards. Tackle by 21-Andre Baer.</t>
   </si>
   <si>
     <t>#35 Diego Walker - RB</t>
   </si>
   <si>
-    <t>#94 Edmond Johnson - MLB</t>
+    <t>#51 Edmond Johnson - MLB</t>
   </si>
   <si>
     <t>#92 Angel Bailey - RDE</t>
   </si>
   <si>
     <t>#56 Wilmer Creech - WLB</t>
   </si>
   <si>
     <t>#57 Joseph Howard - SLB</t>
   </si>
   <si>
     <t>#79 Walter Smith - DT</t>
   </si>
   <si>
     <t>#71 Troy Foti - DT</t>
   </si>
   <si>
     <t>#68 Robert Forbes - DT</t>
   </si>
   <si>
     <t>#99 William Leadbetter - SLB</t>
   </si>
   <si>
     <t>#34 John Turner - CB</t>
   </si>
   <si>
-    <t>#61 Henry Kaminski - DT</t>
+    <t>#79 Henry Kaminski - DT</t>
   </si>
   <si>
     <t>#3 Bruce Spencer - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BUF 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 19 (14:57) 16-John Officer pass complete to 84-Bennie Cross to BUF 31 for 12 yards. Tackle by 22-Kelly Ackley.</t>
   </si>
   <si>
     <t>#16 John Officer - QB</t>
   </si>
   <si>
     <t>#39 Alec Berg - RB</t>
   </si>
   <si>
     <t>#24 Joel Manning - RB</t>
   </si>
   <si>
-    <t>#84 Bennie Cross - WR</t>
+    <t>#11 Bennie Cross - WR</t>
   </si>
   <si>
     <t>#13 Gregory Bugbee - WR</t>
   </si>
   <si>
     <t>#19 August Hiner - WR</t>
   </si>
   <si>
-    <t>#75 Michael Delgado - LG</t>
+    <t>#69 Michael Delgado - LG</t>
   </si>
   <si>
     <t>#61 Bradley Oliver - RT</t>
   </si>
   <si>
     <t>#76 David Lee - C</t>
   </si>
   <si>
     <t>#70 Elton Angle - LT</t>
   </si>
   <si>
-    <t>#66 Cody Conte - RT</t>
+    <t>#57 Cody Conte - RT</t>
   </si>
   <si>
     <t>#77 James Burns - LDE</t>
   </si>
   <si>
     <t>#73 Joe Reed - DT</t>
   </si>
   <si>
     <t>#71 William Bowie - DT</t>
   </si>
   <si>
     <t>#76 Kirk Gartner - RDE</t>
   </si>
   <si>
     <t>#42 James Mroz - MLB</t>
   </si>
   <si>
     <t>#46 Walter James - SLB</t>
   </si>
   <si>
     <t>#22 Kelly Ackley - CB</t>
   </si>
   <si>
     <t>#20 Hugh Velez - CB</t>
   </si>
   <si>
     <t>#23 Derek Seitz - CB</t>
   </si>
   <si>
     <t>#38 Randell Bryan - SS</t>
   </si>
   <si>
     <t>#39 Joseph Wallace - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>BUF 31</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BUF 31 (14:15) 16-John Officer pass complete to 86-Steve Eagle to BUF 41 for 10 yards. Tackle by 52-Clarence Steward.</t>
   </si>
   <si>
-    <t>#81 Raul Andrews - TE</t>
+    <t>#89 Raul Andrews - TE</t>
   </si>
   <si>
     <t>#86 Steve Eagle - TE</t>
   </si>
   <si>
     <t>#79 Jose Woodard - LDE</t>
   </si>
   <si>
     <t>#98 Margarito Mattison - SLB</t>
   </si>
   <si>
     <t>#53 Clarence Steward - WLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>BUF 41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BUF 41 (13:39) 16-John Officer pass complete to 35-Diego Walker for 59 yards. TOUCHDOWN! BUF 6 KCY 0</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>KCY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:30) Extra point GOOD by 10-Fabian Mahler. BUF 7 KCY 0</t>
   </si>
   <si>
     <t>#2 Larry Chavez - P</t>
   </si>
   <si>
     <t>#10 Fabian Mahler - K</t>
   </si>
   <si>
-    <t>#53 Christopher Davis - MLB</t>
+    <t>#90 Christopher Davis - MLB</t>
   </si>
   <si>
     <t>#40 Elmer Piazza - LG</t>
   </si>
   <si>
     <t>#77 Michael Richard - C</t>
   </si>
   <si>
     <t>#64 Arturo Kocher - RT</t>
   </si>
   <si>
     <t>#58 Jason Washington - MLB</t>
   </si>
   <si>
     <t>#76 James Jones - LDE</t>
   </si>
   <si>
-    <t>#96 Gene Lemmons - DT</t>
+    <t>#77 Gene Lemmons - DT</t>
   </si>
   <si>
     <t>#54 Oscar Bryant - MLB</t>
   </si>
   <si>
-    <t>#91 Dalton Farmer - DT</t>
+    <t>#76 Dalton Farmer - DT</t>
   </si>
   <si>
     <t>#96 Timothy Boyd - MLB</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(13:30) 10-Fabian Mahler kicks 75 yards from BUF 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>#32 Jerry Hux - RB</t>
   </si>
   <si>
     <t>#21 Andre Baer - CB</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 25 (13:30) 9-Manuel Gates pass complete to 81-Raymond Rosenfeld to KCY 30 for 5 yards. Tackle by 38-Barry Miller.</t>
   </si>
   <si>
     <t>#9 Manuel Gates - QB</t>
   </si>
   <si>
     <t>#36 Francisco Durbin - FB</t>
   </si>
   <si>
     <t>#88 Robert Coleman - TE</t>
   </si>
   <si>
-    <t>#81 Raymond Rosenfeld - WR</t>
+    <t>#85 Raymond Rosenfeld - WR</t>
   </si>
   <si>
     <t>#85 Bradford Medina - WR</t>
   </si>
   <si>
     <t>#68 Gustavo Taylor - LT</t>
   </si>
   <si>
     <t>#63 Jody McCaleb - LG</t>
   </si>
   <si>
     <t>#59 Jamaal Nimmo - C</t>
   </si>
   <si>
-    <t>#61 Mack Lowry - RG</t>
+    <t>#61 Mack Lowry - C</t>
   </si>
   <si>
     <t>#69 Kurt Green - RT</t>
   </si>
   <si>
     <t>#97 Michael McClain - MLB</t>
   </si>
   <si>
     <t>#38 Barry Miller - CB</t>
   </si>
   <si>
     <t>#20 Thomas Brice - CB</t>
   </si>
   <si>
-    <t>#30 Wade Leary - FS</t>
+    <t>#50 Wade Leary - FS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>KCY 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-5-KCY 30 (12:56) 32-Jerry Hux ran to KCY 38 for 8 yards. Tackle by 20-Thomas Brice.</t>
   </si>
   <si>
     <t>#19 Robert Nguyen - WR</t>
   </si>
   <si>
-    <t>#89 Joseph Chaney - TE</t>
+    <t>#84 Joseph Chaney - TE</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>KCY 38</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-KCY 38 (12:15) 32-Jerry Hux ran to KCY 38 for -1 yards. Tackle by 92-Angel Bailey.</t>
   </si>
   <si>
-    <t>#30 Terry Rosenbalm - CB</t>
+    <t>#49 Terry Rosenbalm - CB</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-11-KCY 38 (11:36) 32-Jerry Hux ran to KCY 38 for a short gain. Tackle by 59-Joseph Howard. 88-Robert Coleman totally missed that block. KCY 61-Mack Lowry was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-10-KCY 38 (11:00) 9-Manuel Gates sacked at KCY 28 for -10 yards (79-Walter Smith). Sack allowed by 60-Randy Goode.</t>
   </si>
   <si>
-    <t>#60 Randy Goode - RG</t>
+    <t>#52 Randy Goode - RG</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-20-KCY 28 (10:16) 1-Isidro Raymond punts 47 yards to BUF 24. Fair Catch by 35-Diego Walker.</t>
   </si>
   <si>
     <t>#1 Isidro Raymond - P</t>
   </si>
   <si>
-    <t>#84 Benito Choy - TE</t>
+    <t>#89 Benito Choy - TE</t>
   </si>
   <si>
     <t>#67 William Collado - LT</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>BUF 24</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 24 (10:10) 16-John Officer pass complete to 84-Bennie Cross to BUF 28 for 3 yards. Tackle by 52-Clarence Steward.</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-BUF 33 (5:21) 9-Manuel Gates pass complete to 32-Jerry Hux to BUF 27 for 6 yards. Tackle by 30-Terry Rosenbalm.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-4-BUF 27 (4:43) 36-Francisco Durbin ran to BUF 22 for 5 yards. Tackle by 59-Joseph Howard. PENALTY - Unnecessary Roughness (BUF 59-Joseph Howard)</t>
   </si>
   <si>
-    <t>#83 Charles Severt - WR</t>
+    <t>#16 Charles Severt - WR</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>BUF 7</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-7-BUF 7 (4:39) 9-Manuel Gates pass incomplete, intended for 19-Robert Nguyen.</t>
   </si>
   <si>
     <t>#37 Allen Seltzer - SS</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>2-7-BUF 7 (4:36) 32-Jerry Hux ran to BUF 0 for 7 yards. TOUCHDOWN! BUF 7 KCY 6</t>
   </si>
   <si>
     <t>4:31</t>
   </si>