--- v1 (2025-12-14)
+++ v2 (2026-03-14)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Bruce Spencer kicks 71 yards from KCY 35 to BUF -6. 35-Diego Walker to BUF 19 for 25 yards. Tackle by 21-Andre Baer.</t>
   </si>
   <si>
     <t>#35 Diego Walker - RB</t>
   </si>
   <si>
     <t>#51 Edmond Johnson - MLB</t>
   </si>
   <si>
     <t>#92 Angel Bailey - RDE</t>
   </si>
   <si>
     <t>#56 Wilmer Creech - WLB</t>
   </si>
   <si>
     <t>#57 Joseph Howard - SLB</t>
   </si>
   <si>
-    <t>#79 Walter Smith - DT</t>
+    <t>#60 Walter Smith - DT</t>
   </si>
   <si>
     <t>#71 Troy Foti - DT</t>
   </si>
   <si>
     <t>#68 Robert Forbes - DT</t>
   </si>
   <si>
     <t>#99 William Leadbetter - SLB</t>
   </si>
   <si>
     <t>#34 John Turner - CB</t>
   </si>
   <si>
     <t>#79 Henry Kaminski - DT</t>
   </si>
   <si>
     <t>#3 Bruce Spencer - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
@@ -377,51 +377,51 @@
   <si>
     <t>#69 Michael Delgado - LG</t>
   </si>
   <si>
     <t>#61 Bradley Oliver - RT</t>
   </si>
   <si>
     <t>#76 David Lee - C</t>
   </si>
   <si>
     <t>#70 Elton Angle - LT</t>
   </si>
   <si>
     <t>#57 Cody Conte - RT</t>
   </si>
   <si>
     <t>#77 James Burns - LDE</t>
   </si>
   <si>
     <t>#73 Joe Reed - DT</t>
   </si>
   <si>
     <t>#71 William Bowie - DT</t>
   </si>
   <si>
-    <t>#76 Kirk Gartner - RDE</t>
+    <t>#73 Kirk Gartner - RDE</t>
   </si>
   <si>
     <t>#42 James Mroz - MLB</t>
   </si>
   <si>
     <t>#46 Walter James - SLB</t>
   </si>
   <si>
     <t>#22 Kelly Ackley - CB</t>
   </si>
   <si>
     <t>#20 Hugh Velez - CB</t>
   </si>
   <si>
     <t>#23 Derek Seitz - CB</t>
   </si>
   <si>
     <t>#38 Randell Bryan - SS</t>
   </si>
   <si>
     <t>#39 Joseph Wallace - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>#9 Manuel Gates - QB</t>
   </si>
   <si>
     <t>#36 Francisco Durbin - FB</t>
   </si>
   <si>
     <t>#88 Robert Coleman - TE</t>
   </si>
   <si>
     <t>#85 Raymond Rosenfeld - WR</t>
   </si>
   <si>
     <t>#85 Bradford Medina - WR</t>
   </si>
   <si>
     <t>#68 Gustavo Taylor - LT</t>
   </si>
   <si>
     <t>#63 Jody McCaleb - LG</t>
   </si>
   <si>
     <t>#59 Jamaal Nimmo - C</t>
   </si>
   <si>
-    <t>#61 Mack Lowry - C</t>
+    <t>#71 Mack Lowry - C</t>
   </si>
   <si>
     <t>#69 Kurt Green - RT</t>
   </si>
   <si>
     <t>#97 Michael McClain - MLB</t>
   </si>
   <si>
     <t>#38 Barry Miller - CB</t>
   </si>
   <si>
     <t>#20 Thomas Brice - CB</t>
   </si>
   <si>
     <t>#50 Wade Leary - FS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>KCY 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>3-10-KCY 38 (11:00) 9-Manuel Gates sacked at KCY 28 for -10 yards (79-Walter Smith). Sack allowed by 60-Randy Goode.</t>
   </si>
   <si>
     <t>#52 Randy Goode - RG</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-20-KCY 28 (10:16) 1-Isidro Raymond punts 47 yards to BUF 24. Fair Catch by 35-Diego Walker.</t>
   </si>
   <si>
     <t>#1 Isidro Raymond - P</t>
   </si>
   <si>
-    <t>#89 Benito Choy - TE</t>
+    <t>#86 Benito Choy - TE</t>
   </si>
   <si>
     <t>#67 William Collado - LT</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>BUF 24</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 24 (10:10) 16-John Officer pass complete to 84-Bennie Cross to BUF 28 for 3 yards. Tackle by 52-Clarence Steward.</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>