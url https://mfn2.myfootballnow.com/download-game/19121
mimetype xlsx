--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -290,51 +290,51 @@
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Marty Brown kicks 75 yards from CLE 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>#43 Joseph Kraus - RB</t>
   </si>
   <si>
     <t>#90 Joe Edwards - MLB</t>
   </si>
   <si>
     <t>#26 Jon Chambers - CB</t>
   </si>
   <si>
-    <t>#91 Ricky Green - MLB</t>
+    <t>#58 Ricky Green - MLB</t>
   </si>
   <si>
     <t>#55 Walter Anderson - MLB</t>
   </si>
   <si>
     <t>#37 Thomas Thompson - FS</t>
   </si>
   <si>
     <t>#2 John Lind - FS</t>
   </si>
   <si>
     <t>#33 Todd Gack - CB</t>
   </si>
   <si>
     <t>#98 Tim Wells - RDE</t>
   </si>
   <si>
     <t>#64 Carlos Lazzaro - C</t>
   </si>
   <si>
     <t>#59 Joshua Canfield - DT</t>
   </si>
   <si>
     <t>#6 Marty Brown - K</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#21 Darrell Spencer - CB</t>
   </si>
   <si>
     <t>#48 Jonathan Hammitt - SS</t>
   </si>
   <si>
     <t>#34 Bobby Hamman - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>CIN 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 37 (14:24) 39-Kenneth Griffith ran to CIN 37 for -1 yards. Tackle by 34-Bobby Hamman.</t>
   </si>
   <si>
-    <t>#86 John Davis - TE</t>
+    <t>#82 John Davis - TE</t>
   </si>
   <si>
     <t>#62 Rolf Parker - RT</t>
   </si>
   <si>
     <t>#75 David Whitton - DT</t>
   </si>
   <si>
     <t>13:52</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-11-CIN 37 (13:51) 39-Kenneth Griffith ran to CIN 37 for a short gain. Tackle by 99-Fred Shore.</t>
   </si>
   <si>
     <t>#84 Albert Cervantes - WR</t>
   </si>
   <si>
     <t>#30 William Brady - CB</t>
   </si>
@@ -476,105 +476,105 @@
   <si>
     <t>4-11-CIN 37 (12:27) 17-Javier Mercer punts 56 yards to CLE 7.</t>
   </si>
   <si>
     <t>#17 Javier Mercer - P</t>
   </si>
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
     <t>#27 Mark Carlson - CB</t>
   </si>
   <si>
     <t>#26 Ronnie Han - CB</t>
   </si>
   <si>
     <t>#33 Dominic Bradley - CB</t>
   </si>
   <si>
     <t>#22 Lewis Carlson - CB</t>
   </si>
   <si>
     <t>#76 Chris Jones - RDE</t>
   </si>
   <si>
-    <t>#52 Daniel Marlowe - SLB</t>
+    <t>#93 Daniel Marlowe - SLB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>CLE 7</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 7 (12:18) 37-Jon Barnette ran to CLE 8 for 1 yards. Tackle by 29-James Brady.</t>
   </si>
   <si>
-    <t>#11 Gerald Person - QB</t>
+    <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#37 Jon Barnette - RB</t>
   </si>
   <si>
     <t>#43 Bradley Combs - FB</t>
   </si>
   <si>
     <t>#80 Rey Smith - WR</t>
   </si>
   <si>
     <t>#81 Chris Johnson - WR</t>
   </si>
   <si>
-    <t>#77 Donald Ramirez - LT</t>
+    <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
     <t>#68 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#69 Kevin Jaworski - LG</t>
   </si>
   <si>
     <t>#63 Mathew Morgan - RG</t>
   </si>
   <si>
     <t>#72 David Folks - RT</t>
   </si>
   <si>
     <t>#53 Issac Agee - DT</t>
   </si>
   <si>
     <t>#95 Martin Richard - SLB</t>
   </si>
   <si>
-    <t>#50 Henry Ryerson - WLB</t>
+    <t>#91 Henry Ryerson - WLB</t>
   </si>
   <si>
     <t>#48 Robert Brown - CB</t>
   </si>
   <si>
     <t>#29 James Brady - SS</t>
   </si>
   <si>
     <t>#30 Ismael Ankney - SS</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>CLE 8</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-9-CLE 8 (11:43) 25-Bradley Combs ran to CLE 7 for -1 yards. Tackle by 53-Issac Agee.</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>2-10-CLE 40 (9:31) 5-Jerry Hunter pass incomplete, dropped by 43-Joseph Kraus.</t>
   </si>
   <si>
     <t>#23 Gene Austin - CB</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>3-10-CLE 40 (9:27) 5-Jerry Hunter pass incomplete, intended for 39-Kenneth Griffith.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-CLE 40 (9:24) 4-Kyle Duncan 58 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#4 Kyle Duncan - K</t>
+    <t>#17 Kyle Duncan - K</t>
   </si>
   <si>
     <t>#76 Bobby Woodson - C</t>
   </si>
   <si>
     <t>#79 Melvin Brown - RDE</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CLE 47 (9:20) 11-Gerald Person pass Pass knocked down by 33-Todd Gack. incomplete, intended for 14-Samuel King.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 42 (8:44) 11-Gerald Person pass complete to 80-Rey Smith for 42 yards. TOUCHDOWN! CLE 6 CIN 0</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>(8:38) Extra point GOOD by 6-Marty Brown. CLE 7 CIN 0</t>
   </si>
   <si>
     <t>#20 Marc Cutler - FB</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
     <t>#79 James Madsen - RDE</t>
   </si>
   <si>
-    <t>#97 Christopher Higginbotham - RDE</t>
+    <t>#70 Christopher Higginbotham - RDE</t>
   </si>
   <si>
     <t>#54 Joseph Lancaster - MLB</t>
   </si>
   <si>
     <t>(8:38) 6-Marty Brown kicks 75 yards from CLE 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-CIN 25 (8:38) 39-Kenneth Griffith ran to CIN 23 for -2 yards. Tackle by 34-Bobby Hamman.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-12-CIN 23 (8:03) 5-Jerry Hunter pass Pass knocked down by 42-Scott Edwards. incomplete, intended for 19-Ken Allen.</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
@@ -1751,51 +1751,51 @@
   <si>
     <t>3-1-CLE 48 (1:07) 5-Jerry Hunter pass complete to 84-Albert Cervantes to CLE 43 for 5 yards. Tackle by 22-Dominic Bradley.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>CLE 43</t>
   </si>
   <si>
     <t>1-10-CLE 43 (0:47) 5-Jerry Hunter pass complete to 13-Lawrence Thomas to CLE 37 for 6 yards. Tackle by 30-William Brady. 30-William Brady got away with a hold on that play. PENALTY - Holding (CIN 60-Richard Geary)</t>
   </si>
   <si>
     <t>0:43</t>
   </si>
   <si>
     <t>1-20-CIN 47 (0:44) 5-Jerry Hunter pass INTERCEPTED by 42-Scott Edwards at CLE 47. 42-Scott Edwards to CLE 47 for -0 yards. Tackle by 84-Albert Cervantes.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>1-10-CLE 47 (0:40) 37-Jon Barnette ran to CLE 46 for -1 yards. Tackle by 50-Henry Ryerson.</t>
   </si>
   <si>
-    <t>#16 Daryl Chen - QB</t>
+    <t>#5 Daryl Chen - QB</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>2-11-CLE 46 (0:01) 86-Jason Parker ran to CLE 50 for 3 yards. Tackle by 90-Joe Edwards. PENALTY - Holding (CLE 77-Donald Ramirez)</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2177,52 +2177,52 @@
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="41.133" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>