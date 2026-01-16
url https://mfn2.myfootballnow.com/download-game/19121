--- v1 (2025-12-17)
+++ v2 (2026-01-16)
@@ -461,102 +461,102 @@
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>3-11-CIN 37 (13:09) 39-Kenneth Griffith ran to CIN 37 for a short loss. Tackle by 97-Chris McFaddin. 86-John Davis was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-CIN 37 (12:27) 17-Javier Mercer punts 56 yards to CLE 7.</t>
   </si>
   <si>
     <t>#17 Javier Mercer - P</t>
   </si>
   <si>
     <t>#14 Samuel King - WR</t>
   </si>
   <si>
-    <t>#27 Mark Carlson - CB</t>
+    <t>#24 Mark Carlson - CB</t>
   </si>
   <si>
     <t>#26 Ronnie Han - CB</t>
   </si>
   <si>
     <t>#33 Dominic Bradley - CB</t>
   </si>
   <si>
     <t>#22 Lewis Carlson - CB</t>
   </si>
   <si>
     <t>#76 Chris Jones - RDE</t>
   </si>
   <si>
     <t>#93 Daniel Marlowe - SLB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>CLE 7</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 7 (12:18) 37-Jon Barnette ran to CLE 8 for 1 yards. Tackle by 29-James Brady.</t>
   </si>
   <si>
     <t>#15 Gerald Person - QB</t>
   </si>
   <si>
     <t>#37 Jon Barnette - RB</t>
   </si>
   <si>
     <t>#43 Bradley Combs - FB</t>
   </si>
   <si>
     <t>#80 Rey Smith - WR</t>
   </si>
   <si>
     <t>#81 Chris Johnson - WR</t>
   </si>
   <si>
     <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
-    <t>#68 Mathew Thomas - LG</t>
+    <t>#77 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#69 Kevin Jaworski - LG</t>
   </si>
   <si>
     <t>#63 Mathew Morgan - RG</t>
   </si>
   <si>
     <t>#72 David Folks - RT</t>
   </si>
   <si>
     <t>#53 Issac Agee - DT</t>
   </si>
   <si>
     <t>#95 Martin Richard - SLB</t>
   </si>
   <si>
     <t>#91 Henry Ryerson - WLB</t>
   </si>
   <si>
     <t>#48 Robert Brown - CB</t>
   </si>
   <si>
     <t>#29 James Brady - SS</t>
   </si>