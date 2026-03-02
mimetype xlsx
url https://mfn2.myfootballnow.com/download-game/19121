--- v2 (2026-01-16)
+++ v3 (2026-03-02)
@@ -341,84 +341,84 @@
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 5-Jerry Hunter pass complete to 13-Lawrence Thomas to CIN 37 for 12 yards. Tackle by 21-Darrell Spencer.</t>
   </si>
   <si>
     <t>#19 Jerry Hunter - QB</t>
   </si>
   <si>
     <t>#39 Kenneth Griffith - RB</t>
   </si>
   <si>
     <t>#35 Cary Schwartz - FB</t>
   </si>
   <si>
-    <t>#83 Robert Shaw - TE</t>
-[...2 lines deleted...]
-    <t>#19 Ken Allen - WR</t>
+    <t>#84 Robert Shaw - TE</t>
+  </si>
+  <si>
+    <t>#87 Ken Allen - WR</t>
   </si>
   <si>
     <t>#13 Lawrence Thomas - WR</t>
   </si>
   <si>
     <t>#65 Miguel Underwood - RG</t>
   </si>
   <si>
-    <t>#73 Kevin Williams - LG</t>
+    <t>#63 Kevin Williams - LG</t>
   </si>
   <si>
     <t>#68 Dustin Jenkins - RG</t>
   </si>
   <si>
-    <t>#60 Richard Geary - RT</t>
+    <t>#59 Richard Geary - RT</t>
   </si>
   <si>
     <t>#90 Guadalupe Bailey - LDE</t>
   </si>
   <si>
     <t>#98 James Wyss - DT</t>
   </si>
   <si>
     <t>#97 Chris McFaddin - RDE</t>
   </si>
   <si>
     <t>#58 Michael Solberg - SLB</t>
   </si>
   <si>
-    <t>#99 Fred Shore - MLB</t>
+    <t>#93 Fred Shore - MLB</t>
   </si>
   <si>
     <t>#50 Paul Schott - SLB</t>
   </si>
   <si>
     <t>#56 David Dempsey - WLB</t>
   </si>
   <si>
     <t>#42 Scott Edwards - CB</t>
   </si>
   <si>
     <t>#21 Darrell Spencer - CB</t>
   </si>
   <si>
     <t>#48 Jonathan Hammitt - SS</t>
   </si>
   <si>
     <t>#34 Bobby Hamman - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>CIN 37</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>#76 Chris Jones - RDE</t>
   </si>
   <si>
     <t>#93 Daniel Marlowe - SLB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>CLE 7</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 7 (12:18) 37-Jon Barnette ran to CLE 8 for 1 yards. Tackle by 29-James Brady.</t>
   </si>
   <si>
     <t>#15 Gerald Person - QB</t>
   </si>
   <si>
-    <t>#37 Jon Barnette - RB</t>
+    <t>#40 Jon Barnette - RB</t>
   </si>
   <si>
     <t>#43 Bradley Combs - FB</t>
   </si>
   <si>
     <t>#80 Rey Smith - WR</t>
   </si>
   <si>
     <t>#81 Chris Johnson - WR</t>
   </si>
   <si>
     <t>#57 Donald Ramirez - LT</t>
   </si>
   <si>
     <t>#77 Mathew Thomas - LG</t>
   </si>
   <si>
     <t>#69 Kevin Jaworski - LG</t>
   </si>
   <si>
     <t>#63 Mathew Morgan - RG</t>
   </si>
   <si>
     <t>#72 David Folks - RT</t>
   </si>
@@ -656,54 +656,54 @@
   <si>
     <t>2-10-CLE 40 (9:31) 5-Jerry Hunter pass incomplete, dropped by 43-Joseph Kraus.</t>
   </si>
   <si>
     <t>#23 Gene Austin - CB</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>3-10-CLE 40 (9:27) 5-Jerry Hunter pass incomplete, intended for 39-Kenneth Griffith.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-CLE 40 (9:24) 4-Kyle Duncan 58 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#17 Kyle Duncan - K</t>
-[...2 lines deleted...]
-    <t>#76 Bobby Woodson - C</t>
+    <t>#2 Kyle Duncan - K</t>
+  </si>
+  <si>
+    <t>#57 Bobby Woodson - C</t>
   </si>
   <si>
     <t>#79 Melvin Brown - RDE</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CLE 47 (9:20) 11-Gerald Person pass Pass knocked down by 33-Todd Gack. incomplete, intended for 14-Samuel King.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 42 (8:44) 11-Gerald Person pass complete to 80-Rey Smith for 42 yards. TOUCHDOWN! CLE 6 CIN 0</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>(8:38) Extra point GOOD by 6-Marty Brown. CLE 7 CIN 0</t>
   </si>
   <si>
     <t>#20 Marc Cutler - FB</t>
   </si>
   <si>
     <t>#67 Eldon Hoover - RG</t>
   </si>
   <si>
-    <t>#79 James Madsen - RDE</t>
+    <t>#68 James Madsen - RDE</t>
   </si>
   <si>
     <t>#70 Christopher Higginbotham - RDE</t>
   </si>
   <si>
     <t>#54 Joseph Lancaster - MLB</t>
   </si>
   <si>
     <t>(8:38) 6-Marty Brown kicks 75 yards from CLE 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-CIN 25 (8:38) 39-Kenneth Griffith ran to CIN 23 for -2 yards. Tackle by 34-Bobby Hamman.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-12-CIN 23 (8:03) 5-Jerry Hunter pass Pass knocked down by 42-Scott Edwards. incomplete, intended for 19-Ken Allen.</t>
   </si>
@@ -2177,52 +2177,52 @@
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="41.133" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>